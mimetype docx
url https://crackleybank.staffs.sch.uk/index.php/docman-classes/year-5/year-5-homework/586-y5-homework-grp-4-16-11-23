--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,47 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="172BC075" w14:textId="2EBA3E69" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="002831BC">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
@@ -393,1220 +388,1469 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6360" w:type="dxa"/>
+        <w:tblW w:w="6460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1590"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="1292"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="00395C25">
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="000F176C">
         <w:trPr>
-          <w:trHeight w:val="474"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00395C25" w:rsidP="00D76442">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9F7A5" w14:textId="34F9A815" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00395C25" w:rsidP="00D76442">
+          <w:p w14:paraId="6B39A591" w14:textId="560DBCF8" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="79C90F15" w14:textId="061C25F5" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00D76442">
+          <w:p w14:paraId="5C2BDDCB" w14:textId="34B5EDE9" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B0431B" w14:textId="30FD9067" w:rsidR="000F176C" w:rsidRDefault="0054734A" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="000F176C">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845448B" w14:textId="5D638839" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A60E32D" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B6B13" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD50CFA" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="000F176C">
+        <w:trPr>
+          <w:trHeight w:val="527"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="5E1F6B48" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6B39A591" w14:textId="39B3B9E1" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00D76442">
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F30D760" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4700985D" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BCAAE9" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F04C352" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="000F176C">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="0CAD415F" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B174A" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0703162D" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D7405" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BCAB18A" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="00395C25">
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="000F176C">
         <w:trPr>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4845448B" w14:textId="1D649BC7" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00395C25" w:rsidP="00D76442">
+          <w:p w14:paraId="6FBD6E81" w14:textId="51CD9CD0" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00395C25" w:rsidP="00D76442">
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7CACD" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AF20AB" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7719EAF3" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="137905F2" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="00395C25">
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="000F176C">
         <w:trPr>
-          <w:trHeight w:val="474"/>
+          <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7D193A27" w14:textId="49A79127" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00395C25" w:rsidP="00D76442">
+          <w:p w14:paraId="7297BFB4" w14:textId="3E76C386" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3069B" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA7390F" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C094685" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A6DA96" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="000F176C">
+        <w:trPr>
+          <w:trHeight w:val="527"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6091FA54" w14:textId="65E13F2E" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332D0B72" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10987A59" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57096C14" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D6B08B" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="000F176C">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1ABBE0" w14:textId="2C1B7629" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9E04B" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E641D7C" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006418A7" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51E751BF" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="000F176C">
+        <w:trPr>
+          <w:trHeight w:val="527"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA5E5A0" w14:textId="0C93742B" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
-[...797 lines deleted...]
-          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00D76442" w:rsidRDefault="00395C25" w:rsidP="00D76442">
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A75708" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D24ED74" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="289BAD4F" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47DB2EF5" w14:textId="77777777" w:rsidR="00496E17" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
@@ -1716,1221 +1960,1280 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F7C583" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="2C31064D" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76CA8242" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="6C6CAF59" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C704575" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="4AF68A6A" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="286AF84A" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="0E346A84" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D7B53C9" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="381970AF" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00191FC3"/>
+    <w:p w14:paraId="00F83718" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00F0737C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66F72425" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1836BDCC" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="5B42ED30" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57320FEE" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="5329B40D" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AC8411F" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="0701CCBC" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRPr="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00EC23FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15B4D7AF" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="1087B618" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00F0737C">
       <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="368027BD" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="4F95E475" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00F0737C">
       <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B8D328" w14:textId="77777777" w:rsidR="00496E17" w:rsidRPr="00496E17" w:rsidRDefault="00496E17" w:rsidP="00496E17">
+    <w:p w14:paraId="187F4AE3" w14:textId="41615F68" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00F0737C">
       <w:pPr>
-        <w:rPr>
-[...16 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D58E540" w14:textId="6668B5F6" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
       <w:r w:rsidR="00050781" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="00395C25" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="000F176C" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="00395C25" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00395C25">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F176C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="00395C25" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00395C25">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F176C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="00395C25" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00395C25">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F176C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="00395C25" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00395C25">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F176C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="00395C25" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00395C25">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F176C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF7828" w14:textId="7E15929A" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="68EA5080" w14:textId="771D19D7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>come</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="1CA6069F" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="43C265A2" w14:textId="5782D41F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>some</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="2858D229" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="75AF0D1D" w14:textId="04C108BF" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>one</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754C6928" w14:textId="728344E9" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="035E4F1A" w14:textId="5180A5B5" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>once</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="234CFCB0" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF72440" w14:textId="30F78C91" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="358BE97C" w14:textId="7B0CD3E7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>ask</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="53891815" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="4D6DB5E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="04E7EAFC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="502E8263" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="54F4ED89" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="22543463" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735EA520" w14:textId="31E4F5AD" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00E8467B" w:rsidP="00395C25">
+          <w:p w14:paraId="36EDE327" w14:textId="362A4C50" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>friend</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F1AD78" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="5F300DCE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22989D5A" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="518E9258" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53D9477B" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="65911322" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="519825F4" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="0997DF0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395C25" w:rsidRPr="00395C25" w14:paraId="6AA4526F" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="1B2F01EB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7158D11D" w14:textId="2EF9B6A3" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00E8467B" w:rsidP="00395C25">
+          <w:p w14:paraId="3DF83752" w14:textId="0FBE7B99" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...8 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>school</w:t>
             </w:r>
+            <w:r w:rsidRPr="0054734A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="775B3B3F" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="766F08AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01FCC784" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="1CAC9E0E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597ECE85" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="25384466" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C5ADAA" w14:textId="77777777" w:rsidR="00395C25" w:rsidRPr="00395C25" w:rsidRDefault="00395C25" w:rsidP="00395C25">
+          <w:p w14:paraId="7AA4B134" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4521C4A5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00D9204C">
+    <w:p w14:paraId="3D777A3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B9823CF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00D9204C">
+    <w:p w14:paraId="369B7F46" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C3F4BDE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00D9204C">
+    <w:p w14:paraId="53F72189" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="448FB325" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="31EEF867" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CC685AA" wp14:editId="7702A20C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6715E411" wp14:editId="4DDB5B35">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1163579854" name="Text Box 3"/>
+                <wp:docPr id="1883623861" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4942E7B9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="3EE3103F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="26C06FF6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="27F318EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3F93FC58" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="34102659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2B449CDA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="6A9BED89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="02422BB8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="7AF48C5D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3F93E120" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="12B9C5B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="273053B5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="7BE20584" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="4CC685AA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="6715E411" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4942E7B9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="3EE3103F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="26C06FF6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="27F318EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3F93FC58" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="34102659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2B449CDA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="6A9BED89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="02422BB8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="7AF48C5D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3F93E120" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="12B9C5B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="273053B5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="7BE20584" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -2944,2233 +3247,1984 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7160" w:type="dxa"/>
+        <w:tblW w:w="6902" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="895"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="895"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="27715CEF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="376F407A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
-          <w:trHeight w:val="468"/>
+          <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="57D86469" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="37BC4875" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="23910569" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4D347D74" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BDB9E2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1690FEC7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0D894AE4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="538ACC84" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED4D4F3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="670AB3B7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="15FA1E76" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="07301A5E" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="42095738" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B63E372" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42198007" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675170DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A63FD2B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28F43284" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B42A7E7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7B71C712" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B704CA2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E38BD70" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61C862AD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F7E83C0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13915516" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4979FBE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67C13DEE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="4DA7D481" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EF0828" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B18C1B8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FCC8BDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151E2C80" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419DD92E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FA199C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5594EF29" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="1155822E" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A90462F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BE15370" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E4ACBC7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36784DD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="404EDB97" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C4B0952" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55B163FB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="6B93E7B4" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="186FEB11" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1899A22D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58EF5843" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7119D9DA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07C78665" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C7B9075" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B61A215" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="5352C38F" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="242CC9C5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="209D57BD" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65455B43" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30CB0B3B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="787AB3DE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="165338E6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BA7C97" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A4A66B3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="06069A77" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="29251952" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4F3BA27C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F492680" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0456A976" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BAFC6BF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71684DAC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4978B9D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="377E5EC6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="0BC722A9" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4660741D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="895" w:type="dxa"/>
-[...1877 lines deleted...]
-          <w:p w14:paraId="0C585308" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D534ECE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00031F9D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12E0775F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="485026DE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45EFF28A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="213866A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55BAD9F1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="718968E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B0F97A7" wp14:editId="6039ADB8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7346E3D5" wp14:editId="019F4B95">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1181309118" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="222690834" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5185,62 +5239,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FCA53B2" wp14:editId="2FF9A410">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57234781" wp14:editId="7F7AF86D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="298977296" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="287271046" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5263,1359 +5317,1425 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C47D17B" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="3F89AED9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A3C6134" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="20058158" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2969FBF5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="0E3FBD87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61F3A757" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="3E568C21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B679D6E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="194AAEA6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
+    <w:p w14:paraId="611AD5EB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D8D7A60" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="310F6339" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="179CA532" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="365E4884" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="6F7A2D5A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A10BC61" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="3D2ACCC2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F17B991" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="2DFDFA15" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C36D1D5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="036FB5AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E1CB045" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="6F994A3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
-        <w:rPr>
-[...16 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582356B1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="66C226A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00496E17" w14:paraId="3CAC2E92" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="6A7823C9" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC1B12C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4151D7B8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00496E17">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23FD">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B6BBE7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7BCD7BC4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00496E17">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23FD">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48535B5E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="15120AD0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00496E17">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23FD">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E505CE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="703583BC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00496E17">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23FD">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1C95D1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="500BA9A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00496E17">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23FD">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00496E17" w14:paraId="672F4923" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="241E8C62" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="348360FF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="009C2A98" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1E01D819" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>climb</w:t>
+              <w:t>fast</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2CD4D4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="47CBF725" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65ED99B6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="76D52BE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="672ECD02" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="6B01C7C8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="097BA32A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="3E5A2A89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00496E17" w14:paraId="5BC26F9C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="5CAB1299" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C15BD7A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="009C2A98" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="42FC516F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>floor</w:t>
+              <w:t>last</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0912AB2B" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="64CCF440" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3D4CCA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="25C32ECB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46B7B5C1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4BE6D8AB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C474D3" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7212F76D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00496E17" w14:paraId="78E3141A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="1F0782F5" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D408CE9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="009C2A98" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="29F5571E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>poor</w:t>
+              <w:t>past</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="406AAD4C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="441BE414" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5787109A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7D09A65C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7394D589" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7640021E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD0D0B2" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="109E2BEB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00496E17" w14:paraId="16B605E7" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="2524106F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8728AD" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="009C2A98" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7E37A766" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>find</w:t>
+              <w:t>father</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3038A8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="381DEF50" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F72A242" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC7A1C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54964D65" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="0D95FA0E" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="739725A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>kind</w:t>
+              <w:t>class</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76150A05" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="088C3B68" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CFC00E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B078032" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CDF753" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="31AB2E5F" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA6A8D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>behind</w:t>
+              <w:t>grass</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C55FA16" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="0DA79A45" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D606F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD5C031" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="353AF3E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="4A2DDF8D" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1EC35D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>child</w:t>
+              <w:t>pass</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="358C9F33" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="2A3979E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C2A98">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A05CEA8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD5F107" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="698C65E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="78333374" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE60A80" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>children</w:t>
+              <w:t>plant</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C2A98">
+            <w:r w:rsidRPr="00C72943">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="215B26F4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="002DA805" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40F226B9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="72938149" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24C45702" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1FD3B393" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4AAC5D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="179CDF67" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="2FE45ECE" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F49DC74" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C72943">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>half</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72943">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9B3CF6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717E75A4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B741156" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC9D45A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="022900C4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00D9204C">
-[...13 lines deleted...]
-    <w:p w14:paraId="71A9D16D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="43C7CE95" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="564F495E" wp14:editId="3ABE8B8B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6327EF80" wp14:editId="0E1BDC64">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1705672704" name="Text Box 3"/>
+                <wp:docPr id="470485664" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3CC5F8C6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="49DEBFB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="11E5875E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="016D98C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2D86E6E8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="648A3D0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2B55303E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="26549E6C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7E288BD1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="174E68DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7488D432" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="3619684F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="40418B5C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="07C374DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="564F495E" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="6327EF80" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3CC5F8C6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="49DEBFB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="11E5875E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="016D98C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2D86E6E8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="648A3D0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2B55303E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="26549E6C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7E288BD1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="174E68DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7488D432" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="3619684F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="40418B5C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="07C374DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -6655,3574 +6775,3574 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="54A9B45F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7407E1CD" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD439A9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="634D0C5C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB4D3FF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1DE00449" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="36111659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48932627" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6635C20A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="502B8D7E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E0071F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7DFCC3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3761E2C2" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4E56B023" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB00CBF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E5FA03" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB5443D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="6BA55590" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="6F7FC72B" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0D798764" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="6D6E693C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4BC9DE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="52F066D2" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="3FC81510" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79DCE0CC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29A8F815" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52420EC7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B3DB744" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19AC96C7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D21196D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49D928DD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B017DF4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7349C10B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="1AA644BD" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2F37A4AC" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="40D055E5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1408A659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="137C1147" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="73A1A0E4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="2AE26333" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A045E37" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="249F30C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A1F4978" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D5227C7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03CCFD6D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A22E2F0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5768EEB2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F9A16E0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="056C8504" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="2C6AB269" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="48B6873D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="77A7CE83" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="04B5397F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAA7F35" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2824F228" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="376B7CE7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31A37380" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6692B736" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="258B77EC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72846263" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BBF5F02" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57ACB0E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="170BA4AD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34B94602" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42BF874E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="589968A3" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="74E5F492" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="144B43BC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1D6F0914" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="267231C1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="66E41F80" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="47BBF68B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10EE07C5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16ACB8CE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B3A7F10" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E298CEA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B0FA979" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52E57733" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="481ABD1D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44D5D65B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A8D2C36" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="0F4285F8" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="15D1E835" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="105007B7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="34E486E4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6944AA6E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="728C666E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="3E17AA6D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CF1EA05" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57AB9429" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5FDAA2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34536EB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FCB31AD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="313DB9D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="280EB6C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5786FC68" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708E153E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="1D43A125" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="63BFA424" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="061A4640" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="30C5F652" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3905BFD8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="231950F6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="3587830D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABB6CB4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73460D34" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61757F98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73ACE639" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B090A26" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34D72DCB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E04A45B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53220835" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BA1A83A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="4CACB4AE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="261733D2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4689CFA0" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4A08E892" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2FEEF608" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="59DE9FFE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="52CF0DAB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C4C30C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41F87CCA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D82F44" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="249A3466" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AD8E7B9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E3E86A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC0F529" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6889F1CB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F0DF907" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="16EA4ACF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="0FDBEE74" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="189C5626" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="632BD48E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40A1A89A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2A0B8496" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="2386408D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70672973" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40AE24E0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73C98834" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="157B2323" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FFFACF0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9A4801" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FC93FE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66A47BC5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F2D1719" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="637CC964" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="699688BD" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="35449249" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="03579FDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22ACBF02" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="216CBC34" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="539C1B27" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26CA8069" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41ACFC6F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245D0252" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F2ECF05" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61C8B460" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BBCC49A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43CF4035" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00DEF944" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="050D482D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="47CC4D49" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="12398428" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4546EB80" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4F08AE50" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC57619" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2A277BFC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1B1407A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A7694A4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="623144E6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="172D05EC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3548E475" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48713F69" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B9A6FFE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EC73CBD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C71F3DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AA4E031" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03BDC217" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="438FA987" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AFC18A8" wp14:editId="744AB19B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE2A877" wp14:editId="5B65C9A6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1041899114" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="353696940" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10237,62 +10357,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708C7992" wp14:editId="5820D664">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF5DF23" wp14:editId="757E28E3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1298843233" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="2064420440" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10315,1353 +10435,1301 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CB944B" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="79678651" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A04D3F8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="1398CF4F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="464498F3" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="6855C32B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50AC8389" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="3D2D2EAD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="053EEFC5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="09646576" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
+    <w:p w14:paraId="6B9525B3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
-        <w:rPr>
-[...58 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58685018" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="53D428F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00496E17" w14:paraId="20A7258A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="1089ACB2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D59A89" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="0D340C42" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C6FDDF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0608D7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8DD5C1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4E290D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="69159544" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB2DB65" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00496E17">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Word</w:t>
+              <w:t>February</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00496E17">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4497640B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE5D63B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52588646" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29241A66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="248FCD46" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0C4637" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Look</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+              <w:t>ordinary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Cover</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B99C148" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7DEE9720" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45289D16" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421F3593" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42572769" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="76E0BA2F" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC2C003" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00496E17">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Write</w:t>
+              <w:t>library</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00496E17">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="394CF4CD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585841C6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE038F2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F58AF5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="01406E5A" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26538D78" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Check</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>century</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E66F9C0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F882DB0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>heard</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="264DAB34" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CADC3E2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="6D562CC5" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD61D7B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>history</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BE6AC2" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7435C6A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E13119B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C973F0D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615AA419" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="4E2FAAFC" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E006BAB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+              <w:t>busy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="112F3A64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB66E3D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="5BDFDBCD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="360040A2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BC55AD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="0CBA6F3C" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BF56EC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...9 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+            <w:r w:rsidRPr="00F47EA0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68765940" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4ACAF6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>heart</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135909A0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D2F2D3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="294D80AE" w14:textId="77777777" w:rsidTr="00C8731A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6749F775" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>decide</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F47EA0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66BFBF81" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1BA73938" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="794ADA87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>learn</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AE6E4B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t> </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6E3A31C7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00496E17" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CA19D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...57 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
-[...437 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00F105F8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00D9204C">
+    <w:p w14:paraId="1D4E6290" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0FDFD4A9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="5DFF7E37" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="609ACD00" wp14:editId="2DB764AC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C8FD612" wp14:editId="05142FB5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="921953796" name="Text Box 3"/>
+                <wp:docPr id="1161229710" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="27602E27" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="1BF6DAD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2FD76636" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="6835F950" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7578E980" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="79AA6D64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3AA2C312" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="1A3394C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="11224EDA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="47DF9572" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6C37B558" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="6775199E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3034DAFE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="1264AF1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="609ACD00" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0C8FD612" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="27602E27" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="1BF6DAD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2FD76636" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="6835F950" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7578E980" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="79AA6D64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3AA2C312" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="1A3394C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="11224EDA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="47DF9572" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6C37B558" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="6775199E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3034DAFE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="1264AF1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -11701,3579 +11769,3574 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="508AC06D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2E705367" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="18EDFF56" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="2D99E3E4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7D693299" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="03C8687D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D41E7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B60121" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="47C705CD" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="2F560A08" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CBB3D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBF1E44" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="39366ACE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="5DF8E467" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="305F2B1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0606B9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="583CC577" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="29C7BCFE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="268216F9" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7604F26E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="263C62D9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36D56830" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="4E7997F7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="75A8DCCB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A2B6043" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D18E899" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F9FEB87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151B91DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DB7430B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A93D795" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74C2601E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FEE5BCD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5644BFE2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="070ACDF6" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="71543410" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAA2314" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="67B80813" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1010A90F" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="4916B42C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1A1AB4E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D9A6F90" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78B6ADE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="133A0814" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3454B1AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3030D51F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C6CE498" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="588A8F5B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56AA84BA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66B2B846" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="78BDA766" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="243DB56F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="448BFEE7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="465E3376" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="49BEC806" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="14C8DC71" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="26E9140E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56B31CEC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="306980A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A791DE5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="737CBFDE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13D99426" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D1529E2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FF47FCB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71D76D87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7091CBA0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="08AFE502" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="027344FB" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECBF7C8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="6E6623FC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11ED7393" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="6D08E115" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="5F7F7162" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="372D9997" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B69F94A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B8D7801" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D419C66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3919CD52" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DE69B95" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02EB5FFA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ACD99D1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C92AFE8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="1D6330E8" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7C14FC09" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF1334C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1B2A01AA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6649E5F0" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="3428D43E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="358E9E3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B5985F1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74744B16" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C717159" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17161B75" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46280CDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0981EDA0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5885D237" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20DE5F93" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E054AD8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="153872EE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2B8CF3FF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0157FAB8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4C15CE9E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="273A0E6E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="65FC2586" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7BA46C12" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DD2E539" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EB0B11E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B87BE03" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51916B6E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52D33BD8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CABA1FE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F723C8E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C89DEAA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="602FF9BF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="3F7C04B7" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="3B19E48D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="319DC17E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="59794EC8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C14DEFC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="7ACA5717" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1DD043FF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59CD5258" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34DCE977" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19F53880" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8537CD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64BAA13E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C8A568" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A7E7779" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20BA3DFE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23E8F55E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="03EF0706" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="512D96CF" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="13CDC7F6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="6B61C10C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="587CD5EC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="6111D396" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="2037E2AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AFF96F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A4F10DD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2646E2A7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0871D785" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1265BB4C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63CF0C01" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="190C6173" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B033F83" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16A84A0D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="22D22AD3" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7741D8B2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="03ED2961" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="5CFF64FB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C592A8E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="025C1D06" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4CD1CC98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27A2D423" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CB1124A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="201776FA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F3C2358" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0124CE99" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C167F12" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0615DE4A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FFD686B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="079B98CE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="1E3973BD" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="469E8D8D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="73C1AA9B" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="342317E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="67BAF7DD" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2A5BC8F7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4158E0B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09B0D619" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="601230DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34E92F1B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70C0E7B6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33862735" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C9AD9EC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BA6F905" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FABF6D3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3328FDD4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D19E27E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4BA92467" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F9DF4FF" wp14:editId="19CCC4AA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7276EAF3" wp14:editId="57204EF5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1616384769" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="875324703" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -15288,62 +15351,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FA16222" wp14:editId="4D3E8AEB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D81EF63" wp14:editId="4CC96F66">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="877687094" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1524525413" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -15365,1344 +15428,1406 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="32E65684" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4991CA4A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="790A4588" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1A6BA5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A04860" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
+    <w:p w14:paraId="5A053D86" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="161635CC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1A7DBE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C56C96D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0512C488" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="187A278D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="704F515C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="269C0C9E" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C0A5732" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="214C149B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73BFDF12" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7EBF439D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22DDA170" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="0A91DEEA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B870EBF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="19217AAC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="774D6CAE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="346BCCC9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="1D4C87E4" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="056540BE" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF123E5" w14:textId="638385D6" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4B9CDBD2" w14:textId="065F55AE" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>particular</w:t>
+              <w:t>pressure</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16FACA35" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="5BA9D9A2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2C07B5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1E0F0D98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3063EC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="42894FB8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D764546" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="28C414F8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="290F082B" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="288C2FC2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C05FA2A" w14:textId="21067589" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="187179EA" w14:textId="0475DC8F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>popular</w:t>
+              <w:t>grammar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5AE9E9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="545EC506" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36CC6284" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="52B947CD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59EC37BF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="29046E66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56237367" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2A0BFA40" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="090A4504" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3C119DA4" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B9139E" w14:textId="67B5D0FF" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2510FC65" w14:textId="2C9E9FF5" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>calendar</w:t>
+              <w:t>build</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17325E81" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="17AF7D25" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="026046FF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4260AEBC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="429046BB" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="121C4847" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33F64037" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="620D876F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="3FF1D4FC" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3481698E" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A06656B" w14:textId="6E474158" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0AD98123" w14:textId="187FE50E" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>peculiar</w:t>
+              <w:t>guard</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126DB834" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="553BC60C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16405FCF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7129AC3F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA85587" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="66C1F0AF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE5E0E7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="393B56E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="4F88F47A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="40860B1C" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B84A3EF" w14:textId="0649E6E0" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="63BB48AC" w14:textId="25FB66D7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>arrive</w:t>
+              <w:t>guide</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A91E03D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="22DFD164" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79546AE2" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7F70BA2C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3695616E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="22A329D0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC78012" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="6887E5C1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="25CD9C73" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="63204F9F" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5417C02A" w14:textId="6FA600DC" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7164FD85" w14:textId="2D4F4C0F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>appear</w:t>
+              <w:t>enough</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E33EEEA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4A5EDB0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="196150D1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="3405F4E9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4566122E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="63916629" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77D447A6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="5C0912BA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="078188E6" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="208246AE" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF7A5E4" w14:textId="0280B11B" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="699B6FBC" w14:textId="7E2D3A9F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>disappear</w:t>
+              <w:t>caught</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46A40BEC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0B1A6B7F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6A2C63" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0F9AA5B5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3588A9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="3AD3B791" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22C8AC2A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="673612F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="7B750BAF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="62FA41B2" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6D9788" w14:textId="75BAB8A1" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="40DE367C" w14:textId="2B303B5B" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>possess</w:t>
+              <w:t>naughty</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="0054734A">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5AE3D1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="27DD1282" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE2B799" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="671BC86F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13AA2700" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2FE547E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A6EA3E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0A04533F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="47A6AF2B" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="715C2066" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="544E3D7F" w14:textId="0BA8721F" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="35B73124" w14:textId="0B27DC34" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...30 lines deleted...]
-            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>possible</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E383F6C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4FE505FF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE5F9A3" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2023F243" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E11BA07" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="291A4F2C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DEAC668" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00D9204C">
+    <w:p w14:paraId="7653EBF4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D2A6832" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="4017EFF8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2651539B" wp14:editId="19011FCD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="452CB401" wp14:editId="5F025D9B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="538937122" name="Text Box 3"/>
+                <wp:docPr id="725314908" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="72CA50BB" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="4D45D76C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="568804AD" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="0B6631B7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3B284C85" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="6A8DE709" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="140C64D5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="60E52EE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3A85030A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="5344CCE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1BD2714C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="1174845F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="73514234" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                          <w:p w14:paraId="3E06DF91" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2651539B" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="452CB401" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="72CA50BB" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="4D45D76C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="568804AD" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="0B6631B7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3B284C85" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="6A8DE709" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="140C64D5" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="60E52EE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3A85030A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="5344CCE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1BD2714C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="1174845F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="73514234" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+                    <w:p w14:paraId="3E06DF91" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -16742,3579 +16867,3574 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="2BDB9A8A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2566E291" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEC118A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="715DDB93" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7169D0FE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="38BD987B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8F66BF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="046592D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="038395D7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="47BF19B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0949A878" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D0BF29" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6A180C6E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="0842713F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FF4032" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="164EB4DA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="647CDE3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="3C0B3A4F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="77D1CA3A" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="22C4587B" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="770E99AF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="618330F0" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="24B482D0" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="062AB395" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F3808E9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13BAABD0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B5E03E1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60C7CD37" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C18A832" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08F9719D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="648859A4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DE3DEF7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09ED8346" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="5ABDDBC4" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="58139EED" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="15C8ACE3" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4647FCF2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9D3F2E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="303E227D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="52BF9CB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BEBF94A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46C7596F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68BED116" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B682A0E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66225EF5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FA1D138" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DE4209F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C42DFC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1824D532" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="5BAFC7FF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="534BD920" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="40A4DD8C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="03C4DA0B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD41A8E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="6034911C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="31ED99B6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="032E9A10" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DD8FB1B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7826037D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6560CA98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D49108B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="070C90D9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="081D7AF9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E036763" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13A2455E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="37A00603" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="52E2C39D" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="01985FE7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="1FD58063" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA3C15D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="11E5CAC1" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="5CAB0EAF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295F3CAC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45A757F1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FE5A100" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675E5EC8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A66FA12" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B944F18" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13AB1B4C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2642E257" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EF1F221" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="5B62333D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="1D96D4FE" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="111367E6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="60773FF7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3085AEFC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="15AE50E6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="59DDD014" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D8477F1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DFA28E0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10FEE86D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E276947" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68FE8DCD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0892D67B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="043ADA78" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60DBE065" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E3C625F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="58CF2D4C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="624A96C8" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61548107" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="3E75DF21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01E6C988" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="7A1A2A21" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4AFDBA12" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02D83084" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AC9E19D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE11D93" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70388391" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="431C328F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BCC6C8B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C6CED1B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59D11221" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44B1565A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="23180F15" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="4D4EF24C" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1F099973" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="6287598F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E508647" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="2D514D87" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="7D83BA28" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4189905C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5573EE9D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B95EB07" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21665E43" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F3AE756" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41C9B485" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="721F29E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30979016" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="417F578F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="2DC070CB" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="4B0544CA" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0766B4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="68B23648" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFBEB92" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="76EAEE2F" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="17D95ED8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09185386" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0548E0FF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57EC5BA5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2184ADF2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A11F10E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D59A59E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="133357B9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33B905F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C267938" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="584E0257" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="18992486" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB3EEFE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="242CE55B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73E4588B" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="327BF40A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="6967A414" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="480E932B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7230B4C8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51944687" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40629C35" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="220F7E10" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4763F95D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61623E8C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="110671EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F4D6E9C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00D76442" w14:paraId="2BF67B47" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="0E27060B" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="43BCB439" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="461AF7F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="395AC8C6" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
-[...233 lines deleted...]
-          <w:p w14:paraId="351CC676" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="13A72C3A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F5865B8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D43039B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EEE4141" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="354A1C54" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="772D8174" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27CC2F29" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F3A00A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F37C874" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A11F66A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29E4278A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0A1F9D0E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B2DC1AE" wp14:editId="056C119F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78CDFBF1" wp14:editId="11473754">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="28111397" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="144573559" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -20329,62 +20449,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1DECB956" wp14:editId="1D8ED10A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74223ED8" wp14:editId="60D1E08C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1842671671" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1454271155" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -20406,1064 +20526,1130 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="79D8D961" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F186064" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3536A370" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C28C1A1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1298EAF9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
+    <w:p w14:paraId="0F7B0FC0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F18028D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5726D834" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08411BD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CD9D52" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00D76442" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+    <w:p w14:paraId="44D58528" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="748D2FC2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="6AE922BE" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B191181" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="4E623402" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC15CF9" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="287220D2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7418B7DC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="3D61E7F0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7352796A" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="700BBF3F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E08D982" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00C8731A">
+          <w:p w14:paraId="0DB4C4A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC1791">
+            <w:r w:rsidRPr="00F0737C">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="30C7FFA5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="16332629" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="676E1604" w14:textId="6DB4902F" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0CE6B854" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>exaggerate</w:t>
+              <w:t>attached</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="054F90EA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0A3A382C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58772557" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7689B8A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE06D9E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1C7E32F1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55DA3FA2" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="307511A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="72EFAC30" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="1BFDECD6" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A735F6" w14:textId="47C995FF" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="434BBB5A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>desperate</w:t>
+              <w:t>determined</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40CDC9C0" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4B5F37F9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31C1AB1C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1EF321DA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCE1B46" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="70666C3A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F93EEC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2452EA94" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="376791DC" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3522FD46" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FADA013" w14:textId="6D137E53" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="777382A3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>average</w:t>
+              <w:t>equip</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E2F5A8" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2567B08F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07F71882" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="15ED35D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D73EB0D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4837556B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="530D1190" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0DD4BB52" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="5439ABD9" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="4EEDC969" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5388E1" w14:textId="43188092" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1A5B4105" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>category</w:t>
+              <w:t>equipped</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB6DF0D" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="39DA2772" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7897E237" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="012816F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75CE58C7" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7A0586F9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0830D3CA" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4117F3B9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="019A7D72" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3E747121" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="438277E7" w14:textId="602ADDAE" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1354ACBF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>cemetery</w:t>
+              <w:t>equipment</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3EAB1C" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="3273C892" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22375B57" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1EE250D3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B7F059" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="6B436293" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8C54B4" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="13299CE3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="0F4870DF" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="6CE095D5" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECB423A" w14:textId="4BCF2443" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1424CF77" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>controversy</w:t>
+              <w:t>lightning</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B86D4E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="6337BEDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C46448F" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="6CA19AFE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC0DD5E" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0EC3EE66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57F93A8F" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0D9D76BB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="25C11C8C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="0F8D85D5" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="691EC438" w14:textId="2737711A" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="7EE10B87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>individual</w:t>
+              <w:t>shoulder</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5A94CC" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="1A8443B0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0B4B00" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="5F258456" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E490043" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="3D52C96F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="119BEC33" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="2C067A45" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="3EFDAE28" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="4DB296ED" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C70ED4A" w14:textId="7023703D" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="4353EAE9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>physical</w:t>
+              <w:t>soldier</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="134C2633" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="0567BEC5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B621ECF" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="780E4209" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E44D274" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="5608557E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214A6B28" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="18C4B724" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8467B" w:rsidRPr="00AC1791" w14:paraId="4CF9CD99" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3BD901F4" w14:textId="77777777" w:rsidTr="00C8731A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250EF918" w14:textId="7E7A028D" w:rsidR="00E8467B" w:rsidRPr="00E8467B" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+          <w:p w14:paraId="5754DA70" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...30 lines deleted...]
-            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="4A067F84" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+            <w:r w:rsidRPr="006C73E6">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C73E6">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4CDA72" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7656C1DE" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38652680" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="79585675" w14:textId="77777777" w:rsidR="00E8467B" w:rsidRPr="00AC1791" w:rsidRDefault="00E8467B" w:rsidP="00E8467B">
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B82C34F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028B7A21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="3ABB48F6" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D76442" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="2E8A9863" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidR="00D76442">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D76442">
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D76442">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D76442">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
-      <w:headerReference w:type="even" r:id="rId21"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35168865" w14:textId="77777777" w:rsidR="004C5F77" w:rsidRDefault="004C5F77" w:rsidP="008A3112">
+    <w:p w14:paraId="76312DAB" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6567C018" w14:textId="77777777" w:rsidR="004C5F77" w:rsidRDefault="004C5F77" w:rsidP="008A3112">
+    <w:p w14:paraId="5FF941CC" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
@@ -21476,225 +21662,194 @@
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E0EC6EE" w14:textId="77777777" w:rsidR="004C5F77" w:rsidRDefault="004C5F77" w:rsidP="008A3112">
+    <w:p w14:paraId="20DF8789" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76497CFE" w14:textId="77777777" w:rsidR="004C5F77" w:rsidRDefault="004C5F77" w:rsidP="008A3112">
+    <w:p w14:paraId="75921F7C" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="28EA0A65" w14:textId="77777777" w:rsidR="00807B13" w:rsidRDefault="00807B13">
-[...9 lines deleted...]
-  <w:p w14:paraId="216AEAA7" w14:textId="2ADD4371" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="7E07D3CA" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="0023636F">
+    <w:r w:rsidR="00717EB0">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
-    <w:r w:rsidR="00856256">
-      <w:t xml:space="preserve">.                                                   </w:t>
+    <w:r w:rsidR="00AF1B6C">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00542415">
+      <w:t xml:space="preserve">                                                              </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00807B13">
-      <w:t>02.10.25</w:t>
+    <w:r w:rsidR="00717EB0">
+      <w:t>2</w:t>
     </w:r>
+    <w:r w:rsidR="0054734A">
+      <w:t>3.</w:t>
+    </w:r>
+    <w:r w:rsidR="00717EB0">
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidR="00B76DBE">
+      <w:t>.2</w:t>
+    </w:r>
+    <w:r w:rsidR="0054734A">
+      <w:t>5</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">                                                                                                </w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
+    <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
-    <w:rsid w:val="000E26E9"/>
-    <w:rsid w:val="00176A96"/>
+    <w:rsid w:val="000F176C"/>
+    <w:rsid w:val="00140A1F"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
-    <w:rsid w:val="0023636F"/>
     <w:rsid w:val="0024448A"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="00395C25"/>
+    <w:rsid w:val="00370D04"/>
     <w:rsid w:val="003F2D86"/>
     <w:rsid w:val="00414FA5"/>
-    <w:rsid w:val="00496E17"/>
     <w:rsid w:val="004B43FB"/>
-    <w:rsid w:val="004C5F77"/>
     <w:rsid w:val="00542415"/>
+    <w:rsid w:val="0054734A"/>
     <w:rsid w:val="00581694"/>
+    <w:rsid w:val="006249B6"/>
+    <w:rsid w:val="00680C38"/>
+    <w:rsid w:val="00717EB0"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
-    <w:rsid w:val="00792406"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00856256"/>
     <w:rsid w:val="008A3112"/>
+    <w:rsid w:val="008A7573"/>
     <w:rsid w:val="008F64A6"/>
+    <w:rsid w:val="0093601E"/>
     <w:rsid w:val="009D5FA0"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
     <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
     <w:rsid w:val="00B76DBE"/>
     <w:rsid w:val="00C471C5"/>
     <w:rsid w:val="00CB2021"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
     <w:rsid w:val="00E73F0C"/>
-    <w:rsid w:val="00E8467B"/>
+    <w:rsid w:val="00EB28E1"/>
+    <w:rsid w:val="00EC23FD"/>
     <w:rsid w:val="00EF4711"/>
-    <w:rsid w:val="00F00367"/>
+    <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
     <w:rsid w:val="00FA0E10"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -26262,51 +26417,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -26573,70 +26728,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="194e58cf8e3fef96baf2392fca01f888">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="379b7807915f1599a11cf22581fecfd1" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -26853,88 +26999,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48404BB9-DCEE-413B-95AB-F98E4E54BDE8}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B8C861E-9C8E-4820-A7FC-84B5A5F859DE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>2708</Characters>
+  <Pages>5</Pages>
+  <Words>565</Words>
+  <Characters>3222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3176</CharactersWithSpaces>
+  <CharactersWithSpaces>3780</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>