--- v1 (2025-10-29)
+++ v2 (2025-11-26)
@@ -330,51 +330,51 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="00000000" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -388,1451 +388,3555 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6460" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1292"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1292"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F176C" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="000F176C">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4E5A811C" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
-          <w:trHeight w:val="527"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="34DAA67E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6B39A591" w14:textId="560DBCF8" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+          <w:p w14:paraId="4331FE39" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF2B15D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8B22C3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C174ED" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68AF52A8" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2902D777" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D10C14D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D49558" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="147219E1" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78577618" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="0C2BF652" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0117FBE6" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1027492D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E2EF3AD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A471F41" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1586FC53" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="768AAB6E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40DF8C67" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B1A2568" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1519E665" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DA85B7A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ECA264B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="198EBCD1" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9570EC" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3919CC00" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DB3F3AB" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B97AE87" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="350F4EDB" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2750EAEC" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66511E86" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="510CDCC3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="757DF5C2" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C4A1A45" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41DEC094" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="7B0D25B6" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EE699B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C562451" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FBC1C6E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9B7C1A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF4F0FA" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28CD6024" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69EE1D31" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EE2D204" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E9FCEE7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D13987" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C98C011" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="0C3F8DF7" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="426CB9A4" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="601AB273" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B3CD8DD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6858967C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29920B29" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62C2DDE3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68C73DEE" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E9FC5F4" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1279EA19" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A168D5B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E39D8D0" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4C29CAF2" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D35ED81" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18E57796" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3629636D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CD80D55" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="378473AF" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F56D983" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71E367BB" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C0F556A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="334C8D50" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD60CAF" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B14827" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="7E4C285E" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5B8A64" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24D90E6C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="360B14E2" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="622CFF29" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7345B8A9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CA1365" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6756E806" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C102252" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62016C18" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9CB96C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="768242DE" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="78FB1282" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB5A9BD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363DA0C9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="754E12C9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F33AC12" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C5CFC8B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66511757" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FF9634F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D63AD76" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64024096" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4574A796" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="274E1151" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="3A464AC2" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="53020D5F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10C7D101" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CA9BE85" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76FEE621" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BCF7CD2" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51F44F4B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2492C345" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D59EB6F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA9D218" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26EDDB94" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0D9629" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="55C4E07C" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AEC03B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C11636A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="121F9408" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="607EA50F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="758F2C74" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10A94F96" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A5EE11E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34EF1B82" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FF1B5F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CCA00D9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C8F6FE7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="75296277" w14:textId="77777777" w:rsidTr="0044071C">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE4E0B7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1292" w:type="dxa"/>
-[...1253 lines deleted...]
-          <w:p w14:paraId="289BAD4F" w14:textId="77777777" w:rsidR="000F176C" w:rsidRPr="00D76442" w:rsidRDefault="000F176C" w:rsidP="00D76442">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="738DCD5B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="220C0616" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42522E5E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65C9A4B6" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C0CEC9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C9A161" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5040CE18" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="612F4FF9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F1BFAD1" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F720B54" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
@@ -1989,103 +4093,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C6CAF59" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AF68A6A" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E346A84" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRPr="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00F0737C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="381970AF" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00F0737C" w:rsidP="00191FC3"/>
-    <w:p w14:paraId="00F83718" w14:textId="77777777" w:rsidR="00EC23FD" w:rsidRDefault="00EC23FD" w:rsidP="00F0737C">
-[...51 lines deleted...]
-    <w:p w14:paraId="187F4AE3" w14:textId="41615F68" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00F0737C">
+    <w:p w14:paraId="187F4AE3" w14:textId="0BE700E1" w:rsidR="00290D26" w:rsidRDefault="00D76442" w:rsidP="00F0737C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D58E540" w14:textId="6668B5F6" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
@@ -2093,1147 +4145,1315 @@
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="000F176C" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="004E1FEF" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F176C">
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F176C">
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F176C">
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F176C">
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="000F176C" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F176C">
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="771D19D7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="44FF7828" w14:textId="553FF743" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>come</w:t>
+              <w:t>rhyme</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="5782D41F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="68EA5080" w14:textId="6DC665FC" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>some</w:t>
+              <w:t>rhythm</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF0D1D" w14:textId="04C108BF" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="43C265A2" w14:textId="15BD6687" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>one</w:t>
+              <w:t>sincere</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035E4F1A" w14:textId="5180A5B5" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="754C6928" w14:textId="76486E9F" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>once</w:t>
+              <w:t>sincerely</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="234CFCB0" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="358BE97C" w14:textId="7B0CD3E7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="75AF0D1D" w14:textId="0B71A44C" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>ask</w:t>
+              <w:t>immediate</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53891815" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6DB5E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E7EAFC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502E8263" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="22543463" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36EDE327" w14:textId="362A4C50" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="035E4F1A" w14:textId="3BF51A7A" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>friend</w:t>
+              <w:t>immediately</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F300DCE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518E9258" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65911322" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0997DF0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="000F176C" w14:paraId="1B2F01EB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF83752" w14:textId="0FBE7B99" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="259D0E76" w14:textId="07A2E799" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>school</w:t>
+              <w:t>frequently</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="000E70CB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766F08AC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CAC9E0E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25384466" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA4B134" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="000F176C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF72440" w14:textId="29E37654" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>especially</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="54F4ED89" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735EA520" w14:textId="74DDD266" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F1AD78" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22989D5A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D9477B" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519825F4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D777A3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
+    <w:p w14:paraId="7CD8CCD2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="369B7F46" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
-[...13 lines deleted...]
-    <w:p w14:paraId="31EEF867" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="174FFA50" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6715E411" wp14:editId="4DDB5B35">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="113AEA8A" wp14:editId="1C4458D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1883623861" name="Text Box 3"/>
+                <wp:docPr id="958114099" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3EE3103F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="5317C3CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="27F318EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="51BF518F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="34102659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="33A8BCBB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6A9BED89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="6B5D2D58" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7AF48C5D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="70A179E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="12B9C5B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="7DCDC91C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7BE20584" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="5AA93AAB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6715E411" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="113AEA8A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3EE3103F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="5317C3CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="27F318EE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="51BF518F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="34102659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="33A8BCBB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6A9BED89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="6B5D2D58" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7AF48C5D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="70A179E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="12B9C5B2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="7DCDC91C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7BE20584" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="5AA93AAB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -3247,1984 +5467,3590 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6902" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="986"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="376F407A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="7D360337" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="485"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="37BC4875" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="72428349" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4D347D74" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7CB37882" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C231023" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="382EBA66" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B1B0EB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DD2DB9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2FB98B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EDF134" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4B0AEB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEEA799" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA06456" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="394164F9" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C265C3B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06ACF1AB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33BFE35F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63827A78" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FA127F6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0486BE18" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40375B43" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26B4EA30" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05890CE8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75C0CF1C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00D6532C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="1E94D830" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCB81D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="464020AB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25320F9F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C8E15E4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41EA781C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B0EB16C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DB9619C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BE294A9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E6DDBF5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="479C0132" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46E6C809" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="6B195975" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3677E3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77A2201F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21B72B3E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B02A53F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F8A0C71" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E0C51D8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69ACC2FA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23C0E63C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A4D577A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4421A854" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A438385" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="19772491" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4689DD08" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="71BDB9E2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31F15B97" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="135387F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06942650" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C8E9025" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="043CC76B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABAFD9C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62A003D0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FBF40F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="572C2DFA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54ECBF63" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="53CED33A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC27BDC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1690FEC7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62166EB4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11A1C9AF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06C2ED55" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F17968A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46F722F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12056115" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="736A2610" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A431FEF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C2CF1DD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33475D30" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="578809E3" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="408A3B47" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1210D927" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B677626" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C667F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3164F60C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="093FF105" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="750E0B4E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36D49BE8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="156DF4C4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3653C2BE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4662CE10" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="155AED91" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F02DA6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5113E729" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0397F008" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E0181A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E099C4D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21BDFD62" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10AE500D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A41C616" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1858F8C9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="284CF2BD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B090D96" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="73B666DD" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C587E62" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49F563F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66091049" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04C2AFA4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BD8E85E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B57240F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="290F18FC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="433E449A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46DAA59B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D100718" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AED111C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="3F4DB4B7" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="37952AB1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70938C42" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6778B683" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CFEA711" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="705C0B18" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16228258" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44EF2FBA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2706D088" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B7AC2B4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F8C504D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04F17CCF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="1E9EC925" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="231AAE11" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
-[...1709 lines deleted...]
-          <w:p w14:paraId="213866A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="519496FE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C717FCA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39404957" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="724A6A17" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BD4EC3E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2277D1FA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69BF3A49" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="682BF3E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79381E7B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78F65EC6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="718968E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="4C97439E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7346E3D5" wp14:editId="019F4B95">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05103BF8" wp14:editId="5AD95E1A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="222690834" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="102504753" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5239,62 +9065,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57234781" wp14:editId="7F7AF86D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FFBF072" wp14:editId="5F443FEC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="287271046" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="433863402" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -5317,1425 +9143,1380 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F89AED9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6209E08F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20058158" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="2FF8B7D3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E3FBD87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="73B0E660" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E568C21" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6482F113" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="194AAEA6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="6F994A3E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="0E675E04" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E"/>
+    <w:p w14:paraId="2E8E7973" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C226A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="2AD5FAE2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="6A7823C9" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="3BB72171" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4151D7B8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6E067C3A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCD7BC4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="09D8ABE5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15120AD0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5847162E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703583BC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3A2AC013" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="500BA9A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="151758D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EC23FD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="241E8C62" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="2B1581AD" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E01D819" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7B8ACBE1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>address</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C15E0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BC8328" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59005824" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D424945" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7301E75B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="341B85BF" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="731C87D0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>fast</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47CBF725" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="289318B8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76D52BE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2E2822BC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B01C7C8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="54C9629C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5A2A89" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4CD8CC1E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="5CAB1299" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="76F261C3" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42FC516F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1EE6CAFA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>last</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64CCF440" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1705A374" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25C32ECB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4E5C4952" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE6D8AB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4575A0C3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7212F76D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4CA527BD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="1F0782F5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="0AD14047" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F5571E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4B9D6974" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>past</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>build</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441BE414" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="70E36B78" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D09A65C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5F9EBCC0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7640021E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="67BBE9A4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="109E2BEB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2EFF14E4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="2524106F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="7110FFA5" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E37A766" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="189BA848" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>father</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>guard</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381DEF50" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="26938662" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F72A242" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0497283C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC7A1C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="35EF35FA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54964D65" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="34F689CB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="0D95FA0E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="652F5A57" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739725A6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="342C410C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>class</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>guide</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="088C3B68" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="20C8369D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CFC00E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3BE3E2ED" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B078032" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="30857949" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19CDF753" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0B8AC189" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="31AB2E5F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="0825DABA" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA6A8D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="64A9B6EF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>grass</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>enough</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA79A45" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5DDBEE47" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D606F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5950F282" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD5C031" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="11744177" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353AF3E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="34003CB6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="4A2DDF8D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="04E27FA6" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1EC35D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2F44C56C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>pass</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>caught</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3979E3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7C568E62" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A05CEA8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1FA130C0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD5F107" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="05D805DA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="698C65E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4B653657" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00EC23FD" w14:paraId="78333374" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="7235B3AD" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE60A80" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00C72943" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0047C732" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="008C15E0" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C72943">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>plant</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>naughty</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C72943">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="002DA805" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5CB16C01" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72938149" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1D894DF7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD3B393" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3780B84D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179CDF67" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00EC23FD" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="602B24F5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...91 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43C7CE95" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="5B3E9926" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EFBF32E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6327EF80" wp14:editId="0E1BDC64">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F846A43" wp14:editId="25ED70F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="470485664" name="Text Box 3"/>
+                <wp:docPr id="339975465" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="49DEBFB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="1D95F3BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="016D98C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="1CB4061B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="648A3D0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="415B03FD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="26549E6C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="5BB4D401" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="174E68DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="43361510" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3619684F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0CD2D378" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="07C374DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0F074F1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6327EF80" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="4F846A43" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="49DEBFB7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="1D95F3BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="016D98C4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="1CB4061B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="648A3D0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="415B03FD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="26549E6C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="5BB4D401" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="174E68DB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="43361510" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3619684F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0CD2D378" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="07C374DF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0F074F1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -6775,3574 +10556,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="7407E1CD" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="61E2ECCE" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="634D0C5C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="72ACD717" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE00449" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
-[...79 lines deleted...]
-          <w:p w14:paraId="48932627" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6BC49413" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="502B8D7E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6F718D5E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="724941B6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6AD8FA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4112E462" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD05D4B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3097C9FC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2C83D1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C9B667" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D676036" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...238 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="6F7FC72B" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="7B34971C" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6E693C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="59A377F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="7349C10B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="6F3E5CD4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="467C14E5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="213A73FA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A800F0B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DCDEEEF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60545423" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E2CB296" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CBDF3D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F3FEA39" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="420955FD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2F37A4AC" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="32114B54" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1408A659" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2B9602F6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="056C8504" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="34FC5F86" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E96E72" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="263EF24B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E1E9C8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10D282E3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76F40126" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09DD01F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EA167F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="111EB658" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6245FD3F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="48B6873D" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="52925F23" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="04B5397F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5C83AF81" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="42BF874E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="42F0C779" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A213E1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="585860C8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5185C3BA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13B2A611" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47999871" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A79FEB7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="652DA040" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22699510" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47884A2C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="74E5F492" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="592409CC" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6F0914" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5458A3CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="5A8D2C36" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="67909A08" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31720557" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E43ABAD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="051DFA39" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A14FF3F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="429109F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5138797C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9976B0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="606B4CAD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F6963BD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="15D1E835" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="1F3A0628" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="34E486E4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5698C388" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="708E153E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="3D920BE0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26DE778E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F9D3AA2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DDF2D99" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E50AC4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDAE647" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EC13345" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44D8B31C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="485C193B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1040C108" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="63BFA424" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="56B9A77F" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="30C5F652" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="100AF37E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="5BA1A83A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="0F2BDCC7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20C17405" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="388CA05C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05F0BA46" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F26C287" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D01B09A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E0CBA8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EF198FE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6586FB26" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="065DC776" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="261733D2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="768E130E" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4A08E892" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2B5BA4BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="0F0DF907" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="75CB5B7E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1581EE82" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34A79CC3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D35ACC6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F31E9CB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28E2DDA0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="225D048A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6583EB90" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10F0CD74" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0106A254" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="0FDBEE74" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="0631A52A" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="632BD48E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="437DF62D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="4F2D1719" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="5259E58D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DC83DD1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65F874D5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07A6FD87" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C58D7F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67621A36" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="399470A5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EB23A6B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6677D17E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DACB893" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="699688BD" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="7E8C6A43" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="03579FDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3999F3DB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="050D482D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="622CE9DB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70145378" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56D3056C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7883F08C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78B035C6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B0BE3FE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="323652E1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69163FC7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15999E6C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="415F42A4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="12398428" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="3F3F3545" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4F08AE50" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6BD580A0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...235 lines deleted...]
-          <w:p w14:paraId="2AA4E031" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          </w:tcPr>
+          <w:p w14:paraId="78B476BA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E3BC078" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1553A206" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="447B7F45" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50CE51A8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="161F80D6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="519E4D4F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4108B90C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06AFEA0A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B22B98" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="438FA987" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="76EB63BE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE2A877" wp14:editId="5B65C9A6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2113B1C3" wp14:editId="0B974D40">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="353696940" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1030257065" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10357,62 +14128,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF5DF23" wp14:editId="757E28E3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="467B47B2" wp14:editId="027A6164">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2064420440" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="743717224" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -10435,1301 +14206,1380 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79678651" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="3F5E5B65" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1398CF4F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="21E516C6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6855C32B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6CA75EAD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D2D2EAD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="6BE80E41" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09646576" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A"/>
-    <w:p w14:paraId="6B9525B3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="4077B3BF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E"/>
+    <w:p w14:paraId="4B378206" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D428F4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="2B83FFA4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="1089ACB2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="54F8CAC0" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D340C42" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="01F2F9CB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C6FDDF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="61659199" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0608D7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="108F84E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8DD5C1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6CEA9F75" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4E290D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7FF429E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="69159544" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="1F9FDCD8" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB2DB65" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6787125F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>February</w:t>
+              <w:t>often</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4497640B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="43D8B28F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE5D63B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6B46EEF0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52588646" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1B4968F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29241A66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6A4CCEA1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="248FCD46" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="11DFFA3F" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0C4637" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="52E80297" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>ordinary</w:t>
+              <w:t>perhaps</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEE9720" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="29B83692" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45289D16" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1B123F1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421F3593" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="260BADE6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42572769" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="291B2826" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="76E0BA2F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="2EE98F00" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC2C003" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="588FFE74" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>library</w:t>
+              <w:t>potatoes</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="394CF4CD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2721917E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="585841C6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4DD75116" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE038F2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="584E8950" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50F58AF5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="57F6B779" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="01406E5A" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="044FD410" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26538D78" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="511FB802" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>century</w:t>
+              <w:t>promise</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E66F9C0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="48E309BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F882DB0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="48F91F14" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="264DAB34" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="182A1B6F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CADC3E2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="226B2AA6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="6D562CC5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="575C2539" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD61D7B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="05870E4E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>history</w:t>
+              <w:t>eight</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7435C6A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="293C8B6C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E13119B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="12BD73D9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C973F0D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0911F57F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="615AA419" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1103BC51" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="4E2FAAFC" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="2DB46598" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E006BAB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="050CE596" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>busy</w:t>
+              <w:t>eighth</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112F3A64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5AD051DB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDFDBCD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="04E11867" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="360040A2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4A71D2BA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BC55AD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0BAE02F7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="0CBA6F3C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="4565CE7B" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15BF56EC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7CAA43F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>business</w:t>
+              <w:t>height</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68765940" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2AFE7370" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4ACAF6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7E9F4A34" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="135909A0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3FEEA7C6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59D2F2D3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="41A72C93" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="0093601E" w14:paraId="294D80AE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="470F6EA2" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6749F775" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F47EA0" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6DAF1EAC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>decide</w:t>
+              <w:t>different</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F47EA0">
+            <w:r w:rsidRPr="00594584">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA73938" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="72388C17" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="794ADA87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7E6345DD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47AE6E4B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="417C24B3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09CA19D4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="0093601E" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5298B2C7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="21798F8A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36141DBC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00594584" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>difficult</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC589D1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0144EC93" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C34681E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118B20E4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D4E6290" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="12164072" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5DFF7E37" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="0B946E0C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C8FD612" wp14:editId="05142FB5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76B6E2A9" wp14:editId="6122558B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1161229710" name="Text Box 3"/>
+                <wp:docPr id="2109470803" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1BF6DAD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="3111E6D7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6835F950" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="16D19F6C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="79AA6D64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="02DDB97F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1A3394C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0F21E6A6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="47DF9572" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="229A39E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6775199E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="11AC74B1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1264AF1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="200563FF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0C8FD612" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="76B6E2A9" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1BF6DAD6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="3111E6D7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6835F950" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="16D19F6C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="79AA6D64" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="02DDB97F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1A3394C9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0F21E6A6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="47DF9572" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="229A39E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6775199E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="11AC74B1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1264AF1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="200563FF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -11743,3600 +15593,1242 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="5200" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1300"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2E705367" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="3AE65859" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2D99E3E4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="584E8951" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="03C8687D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="57F6C2CA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="309B9B79" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA82D7F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="645299C6" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D827CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C7B924D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA881F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A8ED372" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="501D13C8" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE22735" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3A5D41E7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3206F3C5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FC2AC66" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A5CAB1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="4DC8CD27" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="068CCBEE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62782EFE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37AFB5B1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ADA24F5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="498783F4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B733EA4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F36DB83" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76902ACB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13C6B7D8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="382E362A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDE011A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="26B60121" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55DD3E00" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23A07412" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D91A9DC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="48B3C448" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE0A98B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...128 lines deleted...]
-          <w:p w14:paraId="5DF8E467" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48D533DB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363323CA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62F0BDF1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="74C2F1A3" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="337DD00E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="305F2B1F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CA37104" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25338EAE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45F5762A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="2CACE3EA" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BCE5E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3121 lines deleted...]
-          <w:p w14:paraId="3328FDD4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ACC100D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3190B3CA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="174E29F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BA92467" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="2A732CDA" w14:textId="3189EE53" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7276EAF3" wp14:editId="57204EF5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D38A1C4" wp14:editId="00A2C81B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="875324703" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1707280586" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -15351,62 +16843,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D81EF63" wp14:editId="4CC96F66">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FE3567F" wp14:editId="4F7A4A29">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1524525413" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1497974741" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -15428,1406 +16920,1328 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...58 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="269C0C9E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="6560302B" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214C149B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1F8C82AF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBF439D" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6C7E4518" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A91DEEA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="432D9B89" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19217AAC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="47B4AD50" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="346BCCC9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7969A808" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="056540BE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="5E5C3A56" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9CDBD2" w14:textId="065F55AE" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="3624C5CD" w14:textId="6F189EED" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>pressure</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>every</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA9D9A2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="3BC51DB1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0F0D98" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1410EF70" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42894FB8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="68BE50E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28C414F8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="6831ECF4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="288C2FC2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="2C78A331" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="187179EA" w14:textId="0475DC8F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1336CC16" w14:textId="75F198AC" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...10 lines deleted...]
-              <w:t>grammar</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>everybody</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545EC506" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="38402F79" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52B947CD" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="116A19BD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29046E66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2E6A26E7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0BFA40" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="39632B15" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3C119DA4" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="42CF4BB2" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2510FC65" w14:textId="2C9E9FF5" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2B194B1F" w14:textId="16507CBB" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...10 lines deleted...]
-              <w:t>build</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>even</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17AF7D25" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="0463A035" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4260AEBC" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7D05D0B7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="121C4847" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="6324F6E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="620D876F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1C214135" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3481698E" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="3367380D" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD98123" w14:textId="187FE50E" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2597C368" w14:textId="780FCAD7" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>guard</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>great</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553BC60C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4A303B28" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7129AC3F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="375A4739" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C1F0AF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1D6B1972" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="393B56E5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="30BBE5AF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="40860B1C" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="35776701" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63BB48AC" w14:textId="25FB66D7" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="19DE1D85" w14:textId="533DFBCB" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>guide</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>break</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22DFD164" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="791F4623" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F70BA2C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="3FD2B037" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A329D0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="10BEFF6E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6887E5C1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="0A59E373" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="63204F9F" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="22255624" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7164FD85" w14:textId="2D4F4C0F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="40B75BFE" w14:textId="0BF17B1B" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>enough</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>steak</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5EDB0A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5550F5D1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3405F4E9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="1DF324E6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63916629" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="13DB5A75" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0912BA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="6129F83E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="208246AE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="1EB4B277" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699B6FBC" w14:textId="7E2D3A9F" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="0D6660F9" w14:textId="4A0C84EA" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>caught</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>pretty</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1A6B7F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2BA2E548" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9AA5B5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2342D72C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD3B791" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="5645688F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="673612F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="3FC90AEB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="62FA41B2" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="5152E6F9" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40DE367C" w14:textId="2B303B5B" w:rsidR="0054734A" w:rsidRPr="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="152F3196" w14:textId="5D53D122" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0054734A">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-[...2 lines deleted...]
-              <w:t>naughty</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>beautiful</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054734A">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DD1282" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="4E8DFD5D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671BC86F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="383DC9A1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE547E8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="356CEE18" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A04533F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="2EF6E8EF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="715C2066" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="0F101308" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35B73124" w14:textId="0B27DC34" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7473C99A" w14:textId="738AF42B" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C507E">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="190A0F69" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FDE95D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>possible</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE505FF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="74EE73CB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2023F243" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+          <w:p w14:paraId="7ADD18DF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...26 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7653EBF4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="0054734A">
-[...18 lines deleted...]
-    <w:p w14:paraId="4017EFF8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="02485280" w14:textId="3155E416" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="452CB401" wp14:editId="5F025D9B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3486794C" wp14:editId="25E81CB9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="725314908" name="Text Box 3"/>
+                <wp:docPr id="943358171" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4D45D76C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0A0CA083" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0B6631B7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="21768015" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6A8DE709" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="5A1C6BD6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="60E52EE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="0F61D227" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5344CCE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="36C7DABD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1174845F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="2C1F63D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E06DF91" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                          <w:p w14:paraId="4B453CFD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="452CB401" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3486794C" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4D45D76C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0A0CA083" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0B6631B7" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="21768015" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6A8DE709" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="5A1C6BD6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="60E52EE4" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="0F61D227" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5344CCE0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="36C7DABD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1174845F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="2C1F63D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3E06DF91" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+                    <w:p w14:paraId="4B453CFD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -16841,3600 +18255,1242 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="5200" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1300"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00D76442" w14:paraId="2566E291" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="0035EB02" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="715DDB93" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2B91B066" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="1300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="38BD987B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0F28FFDE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32ECA4B7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B77DBBE" w14:textId="2027809F" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="77DDA831" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F855D2E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A54830F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0734940B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07202950" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="2BE021AC" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8A609B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5C8F66BF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10A8D714" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="384FD9A8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A5DCF21" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="04B616C5" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5078808D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39E87C7C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FC8407" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4061D85C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="088AB7A6" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="589432C5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="486C9A0A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="095E4FBF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02260B43" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="06B4728B" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB41886" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="046592D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="341DA683" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7089B1F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D7D9B1C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="784632A4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="539AEB3A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...128 lines deleted...]
-          <w:p w14:paraId="0842713F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="793EFAC4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00272439" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78A54B49" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="2DA207AD" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="471"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3811C739" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="77FF4032" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D14A31C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC23500" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="247813F3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="5B9A4908" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0D4CBE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3121 lines deleted...]
-          <w:p w14:paraId="2A11F66A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00D76442" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6545E725" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C15347" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24A4A6A8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A1F9D0E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRDefault="0054734A" w:rsidP="0054734A">
+    <w:p w14:paraId="5095783D" w14:textId="57F5CFEC" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78CDFBF1" wp14:editId="11473754">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54A29CF4" wp14:editId="7D6C1BDF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="144573559" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="328598317" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -20449,62 +19505,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74223ED8" wp14:editId="60D1E08C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3776350B" wp14:editId="4CDDCA93">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1454271155" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1218894163" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -20526,1332 +19582,1167 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...58 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="6AE922BE" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="3AE7789D" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E623402" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="11329BEC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="287220D2" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5D946574" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D61E7F0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2105003D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="700BBF3F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="57E6E99E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB4C4A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="509D3AD9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0737C">
+            <w:r w:rsidRPr="00E52FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="16332629" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="07EC596B" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE6B854" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5D0AFA72" w14:textId="0EA640A5" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>attached</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>be</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3A382C" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0936D856" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7689B8A9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="18160475" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7E32F1" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1FB5AC3C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="307511A8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="179D4853" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="1BFDECD6" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="7CE85763" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434BBB5A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="112F195E" w14:textId="032D393D" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...11 lines deleted...]
-              <w:t>determined</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>he</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5F37F9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="56ECE72A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF321DA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="596D230D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70666C3A" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4AE6A009" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2452EA94" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="0C964BD8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3522FD46" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="62466D5D" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="777382A3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="786D5A76" w14:textId="16F16DC6" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...11 lines deleted...]
-              <w:t>equip</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>me</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2567B08F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1634577B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15ED35D8" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="710CD1D6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4837556B" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="13DAFBE0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD4BB52" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="52FD80E3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="4EEDC969" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="3B227CE9" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5B4105" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="42DE6E03" w14:textId="592F2D9B" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>equipped</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>she</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39DA2772" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6A2F5223" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="012816F6" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="346EFBE1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0586F9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="20C1C78C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4117F3B9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="45111369" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3E747121" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="29DBA698" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1354ACBF" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="351EC159" w14:textId="405A919D" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>equipment</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>we</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3273C892" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="77EC50D7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE250D3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3FE63C52" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B436293" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7EA4E522" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13299CE3" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="16F75745" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="6CE095D5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="3920A4FC" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1424CF77" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6A92D55B" w14:textId="6D910C86" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>lightning</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>no</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6337BEDA" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="1E0FF07B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA19AFE" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="64897227" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC3EE66" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="07ED2959" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9D76BB" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="3057F361" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="0F8D85D5" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="6514D9B2" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE10B87" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="34661BBC" w14:textId="709A7560" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>shoulder</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>go</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8443B0" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4C42BA03" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F258456" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="36E6E034" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D52C96F" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="5233FFEF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C067A45" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2FEE53E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="4DB296ED" w14:textId="77777777" w:rsidTr="00C8731A">
+      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="291BCD10" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4353EAE9" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="006C73E6" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="6BF05E46" w14:textId="7095D816" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006C73E6">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>soldier</w:t>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>so</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C73E6">
+            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0567BEC5" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="7F5D90BF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="780E4209" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="4386F030" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5608557E" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2AB94492" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18C4B724" w14:textId="77777777" w:rsidR="0054734A" w:rsidRPr="00F0737C" w:rsidRDefault="0054734A" w:rsidP="00C8731A">
+          <w:p w14:paraId="2088546E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0054734A" w:rsidRPr="00F0737C" w14:paraId="3BD901F4" w14:textId="77777777" w:rsidTr="00C8731A">
-[...89 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="2E8A9863" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="0054734A" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="417463FC" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D76442" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00D76442">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76312DAB" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="3FF45E96" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FF941CC" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="781DDB60" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
     <w:panose1 w:val="020B0503020103030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20DF8789" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="2244D2A1" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75921F7C" w14:textId="77777777" w:rsidR="008A7573" w:rsidRDefault="008A7573" w:rsidP="008A3112">
+    <w:p w14:paraId="58AEA816" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="7E07D3CA" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="63BBCF0A" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="00717EB0">
-      <w:t>5</w:t>
+    <w:r w:rsidR="002C507E">
+      <w:t xml:space="preserve">5 </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve"> Homework</w:t>
+      <w:t>Homework</w:t>
     </w:r>
     <w:r w:rsidR="00AF1B6C">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00542415">
-      <w:t xml:space="preserve">                                                              </w:t>
+      <w:t xml:space="preserve">                                                            </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
-    <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">  </w:t>
+    <w:r w:rsidR="00F530F7">
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="00717EB0">
+    <w:r w:rsidR="00620912">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0054734A">
-      <w:t>3.</w:t>
+    <w:r w:rsidR="002C507E">
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00717EB0">
-      <w:t>10</w:t>
+    <w:r w:rsidR="00F530F7">
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00620912">
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00F530F7">
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="0054734A">
+    <w:r w:rsidR="00620912">
       <w:t>5</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                </w:t>
+      <w:t xml:space="preserve">                                                                                                     </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
     <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
-    <w:rsid w:val="000F176C"/>
-    <w:rsid w:val="00140A1F"/>
+    <w:rsid w:val="000E70CB"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
+    <w:rsid w:val="001C1ADA"/>
     <w:rsid w:val="00203B2E"/>
+    <w:rsid w:val="00236170"/>
     <w:rsid w:val="0024448A"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="00370D04"/>
-    <w:rsid w:val="003F2D86"/>
+    <w:rsid w:val="002A04A2"/>
+    <w:rsid w:val="002C507E"/>
     <w:rsid w:val="00414FA5"/>
+    <w:rsid w:val="00430A5B"/>
     <w:rsid w:val="004B43FB"/>
+    <w:rsid w:val="004E1FEF"/>
     <w:rsid w:val="00542415"/>
-    <w:rsid w:val="0054734A"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="006249B6"/>
+    <w:rsid w:val="00582071"/>
+    <w:rsid w:val="005C4B9C"/>
+    <w:rsid w:val="00620912"/>
+    <w:rsid w:val="006737AA"/>
     <w:rsid w:val="00680C38"/>
-    <w:rsid w:val="00717EB0"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
     <w:rsid w:val="008A3112"/>
-    <w:rsid w:val="008A7573"/>
     <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="0093601E"/>
     <w:rsid w:val="009D5FA0"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
+    <w:rsid w:val="00A86478"/>
     <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
     <w:rsid w:val="00B76DBE"/>
-    <w:rsid w:val="00C471C5"/>
+    <w:rsid w:val="00C61E6F"/>
+    <w:rsid w:val="00C67693"/>
     <w:rsid w:val="00CB2021"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
     <w:rsid w:val="00E73F0C"/>
-    <w:rsid w:val="00EB28E1"/>
-    <w:rsid w:val="00EC23FD"/>
     <w:rsid w:val="00EF4711"/>
     <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
+    <w:rsid w:val="00F530F7"/>
     <w:rsid w:val="00FA0E10"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -26410,50 +25301,299 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1907295581">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="187449979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1659112699">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1730693153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1925068082">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1455561770">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="955062719">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1834639554">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="409739956">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="350306870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="713114666">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="572353009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="776876376">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="861550055">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1644499747">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="334455049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1974821215">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="439103948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1220631863">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -27020,76 +26160,91 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48404BB9-DCEE-413B-95AB-F98E4E54BDE8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA9FA153-11A1-460A-8AD0-0957C51C6B4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
+    <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>565</Words>
-  <Characters>3222</Characters>
+  <Words>468</Words>
+  <Characters>2668</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3780</CharactersWithSpaces>
+  <CharactersWithSpaces>3130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>