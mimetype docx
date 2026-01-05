--- v2 (2025-11-26)
+++ v3 (2026-01-05)
@@ -330,51 +330,51 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="0079186E" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -414,3529 +414,3542 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4E5A811C" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="34DAA67E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4331FE39" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="3C44C321" w14:textId="523D0687" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00760A91" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF2B15D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="0BA9F7A5" w14:textId="7C767C3F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8B22C3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="79C90F15" w14:textId="63A6FB5F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F0737C">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B39A591" w14:textId="560DBCF8" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="1CAB26D9" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="10C174ED" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="4A09F7BF" w14:textId="67F17A1F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2BDDCB" w14:textId="738BDD21" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B0431B" w14:textId="7DC7445D" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="68AF52A8" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="7C431AE1" w14:textId="211243F4" w:rsidR="008F64A6" w:rsidRDefault="00E73F0C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="2902D777" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="165F344C" w14:textId="4548CC3A" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...158 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="0C2BF652" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0117FBE6" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="4845448B" w14:textId="5D638839" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1027492D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="5ECA264B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="29B930AC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A60E32D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B6B13" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD50CFA" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A042201" w14:textId="2F0B33F5" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DE53B14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="198EBCD1" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9570EC" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="7D193A27" w14:textId="5E1F6B48" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3919CC00" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="41DEC094" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="7C98CA43" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F30D760" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4700985D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BCAAE9" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F04C352" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="085989B5" w14:textId="175FBDE5" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1100EE9C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="7B0D25B6" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="13EE699B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="4F3E6120" w14:textId="0CAD415F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C562451" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="2C98C011" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="36C12EE6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B174A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0703162D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D7405" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BCAB18A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4375E868" w14:textId="04C6056C" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E711BA5" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="0C3F8DF7" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="426CB9A4" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="6FBD6E81" w14:textId="51CD9CD0" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="601AB273" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="7E39D8D0" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="6FDBA086" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7CACD" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AF20AB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7719EAF3" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="137905F2" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C6035A" w14:textId="6A09C28A" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D232D91" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4C29CAF2" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7D35ED81" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="7297BFB4" w14:textId="3E76C386" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18E57796" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="20B14827" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="377976C0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3069B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA7390F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C094685" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A6DA96" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="121A72F6" w14:textId="24E5D847" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5814A985" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="7E4C285E" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5B8A64" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="6091FA54" w14:textId="65E13F2E" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24D90E6C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="768242DE" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="683B9F59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332D0B72" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10987A59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57096C14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D6B08B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E32678" w14:textId="3C1C6836" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5427A383" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="78FB1282" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB5A9BD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="4C1ABBE0" w14:textId="2C1B7629" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="363DA0C9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="274E1151" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="75CFB8B6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9E04B" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E641D7C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006418A7" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51E751BF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0695ED37" w14:textId="4F3F7E91" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D23264E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="3A464AC2" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="53020D5F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="3DA5E5A0" w14:textId="0C93742B" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10C7D101" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="0E0D9629" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="1416F819" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A75708" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D24ED74" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="289BAD4F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C1EBCF4" w14:textId="3237FAC2" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62CAA2EB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="55C4E07C" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="66ACFE74" w14:textId="12D8F7F3" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="35AEC03B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="74F17273" w14:textId="781D12B1" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C11636A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="6C8F6FE7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="22EF0FB8" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6DFD61" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7BA589" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A79EDF6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C66B93C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6693B69D" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C1EB8E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9DE24A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789FF6AA" w14:textId="77547874" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28ACF24E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="75296277" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5075CC1F" w14:textId="0DD869B0" w:rsidTr="008F64A6">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE4E0B7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="0B596064" w14:textId="651C370B" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="738DCD5B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
-[...233 lines deleted...]
-          <w:p w14:paraId="1F720B54" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="7ED3A3CE" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="184020FB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F3DFC7F" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380C80A2" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52AFA14A" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36CB76F0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369EB3F9" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B28AF" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07047128" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425B4620" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
@@ -4145,1315 +4158,1224 @@
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="004E1FEF" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="0093601E" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0093601E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF7828" w14:textId="553FF743" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="44FF7828" w14:textId="2786F65E" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>rhyme</w:t>
+              <w:t>vegetable</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="6DC665FC" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="68EA5080" w14:textId="373E4B51" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>rhythm</w:t>
+              <w:t>correspond</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="15BD6687" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="43C265A2" w14:textId="5D1928B0" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>sincere</w:t>
+              <w:t>recommend</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754C6928" w14:textId="76486E9F" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="754C6928" w14:textId="66240D01" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>sincerely</w:t>
+              <w:t>suggest</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF0D1D" w14:textId="0B71A44C" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="75AF0D1D" w14:textId="2CA10CF8" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>immediate</w:t>
+              <w:t>develop</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035E4F1A" w14:textId="3BF51A7A" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="035E4F1A" w14:textId="65FF8093" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>immediately</w:t>
+              <w:t>awkward</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259D0E76" w14:textId="07A2E799" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="259D0E76" w14:textId="14DAEE3D" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>frequently</w:t>
+              <w:t>bargain</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF72440" w14:textId="29E37654" w:rsidR="004E1FEF" w:rsidRPr="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="004E1FEF">
+          <w:p w14:paraId="5FF72440" w14:textId="7E3D9493" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>especially</w:t>
+              <w:t>bruise</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="0079186E">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...91 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CD8CCD2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00D9204C">
+    <w:p w14:paraId="158E6A29" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="174FFA50" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="428ECE8F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="113AEA8A" wp14:editId="1C4458D2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAC3C82" wp14:editId="339A3A9E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="958114099" name="Text Box 3"/>
+                <wp:docPr id="754564511" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5317C3CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="51BF518F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="33A8BCBB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6B5D2D58" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="70A179E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7DCDC91C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5AA93AAB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="113AEA8A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5DAC3C82" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5317C3CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="51BF518F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="33A8BCBB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6B5D2D58" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="70A179E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7DCDC91C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5AA93AAB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -5493,3564 +5415,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="7D360337" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="41EC9200" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="72428349" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="7B972055" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB37882" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="6FC05BA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="418922C2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="45074784" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0C231023" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="434F6107" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="382EBA66" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="574A2DB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="73B1B0EB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="53C8E66D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3CC3BB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2DB87E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="02DD2DB9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="180BB8A1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2FB98B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="14B6BFE6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...158 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="394164F9" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="504F750E" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1C265C3B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="2BA9F3BA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06ACF1AB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="00D6532C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="31F7E55D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E26DC82" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03E611CA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C452C74" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74C72F36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="186B18FD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FAA6AD0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27D0A3A7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A22FB56" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B10D886" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="1E94D830" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="33C7B7F0" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCB81D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="134A74FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="464020AB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="46E6C809" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="2A765AF6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="198C556E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B60A12" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DAD155A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5418FC1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D8C6C8D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F2D47C5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="372735A5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7641D620" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56C08C00" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="6B195975" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="178DFFBE" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3677E3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="0FE84729" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77A2201F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="5A438385" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5CFEA29F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FB1867A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4880D28F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="111A826E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="410A7E91" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AA65AE4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9AAFA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="072123F9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D6DB132" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14338550" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="19772491" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="6CD6F188" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4689DD08" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="3D98DFE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31F15B97" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="54ECBF63" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="2CD2B6DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABD8E6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="450DE582" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="412A7402" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B14B05" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7097AD92" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05EAA112" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1531D9BA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="347A722A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="587A7492" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="53CED33A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3DD34A59" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC27BDC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="0CFCEF36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62166EB4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="33475D30" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5E71A762" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="492F405B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34C4B029" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78A6EB35" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369A5A0C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A7D59B2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E6EB9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56E9B9BB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F8710A6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B96A8B7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="578809E3" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="581D5B18" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="408A3B47" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="6DD81850" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1210D927" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="4662CE10" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="1629A90E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57473874" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="624DA716" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="580FD4E0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72668610" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62321B35" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374AA2C9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4553CD64" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFB3D09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53615597" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="155AED91" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="760817BE" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="18F02DA6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="793C8E5E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5113E729" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="2B090D96" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="232EA682" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FB69487" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6CEDF0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF0E36F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4751EB98" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CC810FE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1240B3E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="574226F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FDCC1B8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73008556" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="73B666DD" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="25E25D2F" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5C587E62" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="2F83DC9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49F563F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="7AED111C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="70B37854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301C340A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45053155" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73427194" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="570C2397" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07BE3632" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2731C394" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B28CD12" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2750103F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="458BF928" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="3F4DB4B7" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1F75446A" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="37952AB1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="781D8BE5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70938C42" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="04F17CCF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="208CB665" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="513E113D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5528351D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="028A7F38" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="163F271E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FCC5DFB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E3E1384" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E7F84AC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D118C89" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45491346" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="1E9EC925" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4A612121" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="231AAE11" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="70CE6422" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="519496FE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="78F65EC6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="38E44D16" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="296E0BA7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DC1C428" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D8F1F1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46A909ED" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DEEAF00" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28BC6E0A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FD643B5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39F05AEF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54DD570B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C97439E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="0B40CA8E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05103BF8" wp14:editId="5AD95E1A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC78EBF" wp14:editId="08BC1CF1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="102504753" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="2118138881" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9065,62 +8987,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FFBF072" wp14:editId="5F443FEC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33AEFE14" wp14:editId="5B560567">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="433863402" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="846443282" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9143,1380 +9065,1289 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6209E08F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="4FA75BB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FF8B7D3" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="627642CF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B0E660" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="6DEDFC67" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6482F113" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="5DF8E943" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E675E04" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E"/>
-    <w:p w14:paraId="2E8E7973" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="3119941F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
+    <w:p w14:paraId="3D542880" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD5FAE2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="60A29C07" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="3BB72171" w14:textId="77777777" w:rsidTr="00720231">
-[...848 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="02D1E8D7" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5948971A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C15E0">
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D9A320" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4853E4EE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5582644A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064E3EF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="52247CA4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DE3D8C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>accident</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEBFB9A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>naughty</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11202854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B7C8DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA11EB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5ADCA1D4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCE8CD2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>accidentally</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C15E0">
+            <w:r w:rsidRPr="0062184C">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFD4E0B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A80291" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62775734" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="175960A0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="574EA5FD" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D393BB3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>actual</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB16C01" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="77B41B44" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D894DF7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5386E65B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3780B84D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="7940050D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602B24F5" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="280EB551" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="7377FB1E" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F42B246" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>actually</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBE1FB1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D2914E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1D4C87" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="680DC629" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="001E0444" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE9A123" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>occasion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D7A37F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A7E234" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="339DBF08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B65D17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="2B0DE212" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A964E11" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>occasionally</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="133D9FD9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E29F61F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD3C853" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B90BFE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="3408CD8F" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA69B5D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>probably</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A31BEB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5472FE1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8B35B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29977FA6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="53BB90BB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C2C103" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="0062184C" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>centre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062184C">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7376AA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9C4B26" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FBC027" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D077FB7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B3E9926" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00D9204C">
+    <w:p w14:paraId="4BA6FD79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EFBF32E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="7F77FE79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F846A43" wp14:editId="25ED70F8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ABA271C" wp14:editId="227B1153">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="339975465" name="Text Box 3"/>
+                <wp:docPr id="353027525" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1D95F3BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1CB4061B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="415B03FD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5BB4D401" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="43361510" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0CD2D378" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0F074F1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4F846A43" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0ABA271C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1D95F3BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1CB4061B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="415B03FD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5BB4D401" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="43361510" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0CD2D378" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0F074F1B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -10556,3564 +10387,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="61E2ECCE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="16E5C7E1" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="72ACD717" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="396A7679" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC49413" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="444FC5DD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43669B2F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="525C2321" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6F718D5E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="33BC86A6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="724941B6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="62866A17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6AD8FA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="59A0E1C0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C016416" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C695199" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4112E462" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5F6C177F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD05D4B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="50CE56D3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...158 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="7B34971C" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7404CD8F" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="59A377F8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="0831B372" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F3E5CD4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="420955FD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="75BDD26F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E3EEB1B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ECE2B2D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="665B11F2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ECC5E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="114DBDE8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E7B1AC3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03BE8E80" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="406D67F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40395F2B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="32114B54" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="31878C44" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9602F6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="774ED816" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34FC5F86" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="6245FD3F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="26C4CED6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="673FB18B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="118B1E7B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="211D0743" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71AC601E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CF04360" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2855AA0B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79693EAF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5596C5D8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1430DC7E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="52925F23" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1CDFE4B0" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5C83AF81" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="381CD2E9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42F0C779" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="47884A2C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="44D4160D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="175ECFA9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B513F31" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66F20880" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E3CFE33" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34F0D35A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E90208" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FFBAAF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA993E1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="739B0370" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="592409CC" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4047B24D" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5458A3CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5454F74C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67909A08" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="0F6963BD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5AA003C3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47BD31EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4030FBA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32333C77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A3724D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0364E259" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="504C12E0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="117CEB1A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0054021E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31E1D8D2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="1F3A0628" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="0B3424C0" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5698C388" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="19901D2D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D920BE0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="1040C108" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="48BBFBB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EB4C0C5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27543A3B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="654ABC3A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F23F241" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2111AB1D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DDE48FC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13A2B009" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6347FD7E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD4BBC4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="56B9A77F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7124506B" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="100AF37E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="6A72855B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F2BDCC7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="065DC776" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="4672E952" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="416DD2E5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D406872" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AF39B4F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E99DA87" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6122B1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C7CBC3E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="284E4521" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DBEDC14" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E0DC3FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="768E130E" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="589588A8" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5BA4BB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="192E09CA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75CB5B7E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="0106A254" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="163A5A09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="579CC1F7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CA1180" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A0E1D23" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A80A60D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="746F0E7F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638C0CCE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ED41F9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDAFA2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FD7E5BE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="0631A52A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="77A80912" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="437DF62D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="7BA87EAD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5259E58D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="1DACB893" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="0A10B766" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E5883F8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64CB989C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71AA7881" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33DDD2EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FF143FB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C9E061" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CB1CE2A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C3F14CB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B0DB366" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="7E8C6A43" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="5E1545EE" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3999F3DB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="04710083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="622CE9DB" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="415F42A4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="7E2D5690" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C5EBC43" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49692A09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="627E70FC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C16BF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42576BDF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ED229FF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FA1E943" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="117E9013" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F69EF7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="3F3F3545" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="19783CB9" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD580A0" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="7128AC27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78B476BA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="25B22B98" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="40613533" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C42C80E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5901BBD1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="328F2EFF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A0ABFF5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4972F33E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59EA782D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13112A58" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14923D33" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49428F17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76EB63BE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="34BE571B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2113B1C3" wp14:editId="0B974D40">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="665460D0" wp14:editId="4E12E63A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1030257065" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="66895487" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14128,62 +13959,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="467B47B2" wp14:editId="027A6164">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461710AB" wp14:editId="7DE7428A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="743717224" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="111141159" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14206,1380 +14037,1289 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5E5B65" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="05206EBE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21E516C6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="484530E3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA75EAD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="21714158" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BE80E41" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00F0737C" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="10E48E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4077B3BF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E"/>
-    <w:p w14:paraId="4B378206" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="2B370F08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
+    <w:p w14:paraId="7A48800B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B83FFA4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="4A65138A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="2782"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="004E1FEF" w14:paraId="54F8CAC0" w14:textId="77777777" w:rsidTr="00720231">
-[...848 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="640D4CC4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22AB8467" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00594584">
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29033325" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDD01B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B58874" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0340B285" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="1967B791" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D46DABD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>describe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="524265D7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>difficult</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5849D992" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242CA888" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604A31DC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5B136C6A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF9E5B5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>famous</w:t>
             </w:r>
-            <w:r w:rsidRPr="00594584">
+            <w:r w:rsidRPr="00D605B0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FEE14CB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA06087" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A3D809" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A3A591" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="5D8524AC" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1332F5F4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>favourite</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC589D1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="25125B26" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0144EC93" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="4C3F7B8C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C34681E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="3A739349" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118B20E4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="004E1FEF" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="7EE620CC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="31EB98DB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DCD058" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>forward</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D31B575" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070B1C27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5043C50E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EB8F77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="67E62914" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3653CE1E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>forwards</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48173674" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D90ED03" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE16301" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A0122E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="0B786D26" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C2D137" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>fruit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E0E280" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455E3931" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC4EDD5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE4E6D5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="0CBAA111" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FFF058" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B439E1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1D6BBE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BB2D4B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C564DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="26A7B43C" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC1C08C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D605B0" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>imagine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D605B0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A04B49C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419195AB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0927A887" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5178E9A1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12164072" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="00D9204C">
+    <w:p w14:paraId="67BDA709" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B946E0C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="217A3DF9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76B6E2A9" wp14:editId="6122558B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C844678" wp14:editId="49902A1B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2109470803" name="Text Box 3"/>
+                <wp:docPr id="1797087129" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3111E6D7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="16D19F6C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="02DDB97F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0F21E6A6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="229A39E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="11AC74B1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="200563FF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="76B6E2A9" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0C844678" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3111E6D7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="16D19F6C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="02DDB97F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0F21E6A6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="229A39E9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="11AC74B1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="200563FF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -15593,1242 +15333,1242 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="5200" w:type="dxa"/>
+        <w:tblW w:w="6068" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1300"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="3AE65859" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="278A1F17" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="499"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="584E8951" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="69A83480" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="57F6C2CA" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="74F2F16E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="309B9B79" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="27250E7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A978BF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1E29B944" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D777D0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5CA82D7F" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D1C6B2F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4648D73F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73765863" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="223E7BEB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B51D60" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C34C424" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F5571DE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BFE34DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="645299C6" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="580DAAC2" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="471"/>
+          <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="31D827CC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...368 lines deleted...]
-          <w:p w14:paraId="2B733EA4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="5224AF5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="13C6B7D8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6467E663" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00FE43E1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="357EAF09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="382E362A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7EF43F87" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="471"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDE011A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00D76442">
+          <w:p w14:paraId="1F5CCC84" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="461E96FB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E92E969" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05112CE7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="2DB027E9" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B362549" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67415C7A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51859102" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C18C7A8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="0A9728DA" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F7F21B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180FD532" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32729B68" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71C0C01E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3CC3B8BC" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6406E086" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E070C2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B52BAE4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FD86C68" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="538457D5" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B92CDCD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
-[...428 lines deleted...]
-          <w:p w14:paraId="174E29F9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09EE1295" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D4BA131" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29739E15" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A732CDA" w14:textId="3189EE53" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="172A55CE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D38A1C4" wp14:editId="00A2C81B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAC36B5" wp14:editId="7BBBA2FB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1707280586" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1828453821" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16843,62 +16583,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FE3567F" wp14:editId="4F7A4A29">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6868603B" wp14:editId="0740AA9A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1497974741" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1743727166" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16926,1322 +16666,1287 @@
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2A87FE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="6560302B" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="269875B1" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8C82AF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="50AFF20A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7E4518" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="08E55083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432D9B89" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="604E7420" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B4AD50" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="3CC9D4DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7969A808" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="25F7983F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="5E5C3A56" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="55793167" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3624C5CD" w14:textId="6F189EED" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="41E7C1BF" w14:textId="5480A348" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>every</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>path</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC51DB1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="730089EF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1410EF70" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="76B895F3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68BE50E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="225D7C59" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6831ECF4" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="7778198D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="2C78A331" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6D149E8A" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1336CC16" w14:textId="75F198AC" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="25692DF0" w14:textId="6690F4EE" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>everybody</w:t>
+              <w:t>bath</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38402F79" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="4F140AC8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="116A19BD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="4EEE7625" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6A26E7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="2D373AF7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39632B15" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...4 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="3ADDE12F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="42CF4BB2" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="10F4E864" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B194B1F" w14:textId="16507CBB" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="4B130580" w14:textId="4CB0452E" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>even</w:t>
+              <w:t>hour</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0463A035" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          <w:p w14:paraId="33C6D299" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D89FBEA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61923305" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BC4020" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="192A66E5" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E83F2DC" w14:textId="34717F0B" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>great</w:t>
+              <w:t>move</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A303B28" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          <w:p w14:paraId="4708B40B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EFE6D5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1577553E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0DF987" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6491972F" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABA112C" w14:textId="4B1D0C1A" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>break</w:t>
+              <w:t>prove</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="791F4623" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="1F317E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CA2E52" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5FECE3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0F85EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="199DC539" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4061C7DB" w14:textId="504BE32D" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>steak</w:t>
+              <w:t>could</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5550F5D1" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="023CF7FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7801D602" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="797C00AA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253266C8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="4721CC4C" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A3E8E2" w14:textId="0A572572" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>pretty</w:t>
+              <w:t>should</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA2E548" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="2F2A0363" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D0CC45" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A397511" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="694CECB5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="2730B2E4" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A752B4" w14:textId="4C442FB3" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>beautiful</w:t>
+              <w:t>would</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8DFD5D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...59 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="0C1CAE18" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="434F7502" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>after</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A48A099" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t> </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31FDE95D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
-[...32 lines deleted...]
-                <w:szCs w:val="36"/>
+          <w:p w14:paraId="2F45E360" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02485280" w14:textId="3155E416" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="71402AB5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091BBB4C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29014355" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3E9FF8" w14:textId="07ECF861" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3486794C" wp14:editId="25E81CB9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B82F684" wp14:editId="3A37CFC4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="943358171" name="Text Box 3"/>
+                <wp:docPr id="434177620" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0A0CA083" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="21768015" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5A1C6BD6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0F61D227" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="36C7DABD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2C1F63D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4B453CFD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                          <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3486794C" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="0B82F684" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0A0CA083" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="21768015" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5A1C6BD6" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0F61D227" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="36C7DABD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2C1F63D2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4B453CFD" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+                    <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -18255,1242 +17960,1242 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="5200" w:type="dxa"/>
+        <w:tblW w:w="6068" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1300"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1300"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00D76442" w14:paraId="0035EB02" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3BF80DB7" w14:textId="77777777" w:rsidTr="00720231">
         <w:trPr>
-          <w:trHeight w:val="499"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2B91B066" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="608BC37C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcW w:w="1517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0F28FFDE" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="6CD75671" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1C2A8F" w14:textId="34D93F42" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F996D03" w14:textId="366869F7" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="32ECA4B7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="509761A9" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="36330876" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1300" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3B77DBBE" w14:textId="2027809F" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ED86EAE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301B04EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="179880F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3B6321B7" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8A6E81" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BBE2A1A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1961D5C1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59520A54" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="284C5B13" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="65114437" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6272F0E8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E90E8F1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48455EA2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="19D8796C" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="144EA2CD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C83D1C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47DD1C36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08901092" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="71ACDE1A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B6E98C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="242A5403" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06E5BAC1" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363A326A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="2123D1B1" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD1843C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73CA9DC7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F13CD09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75ADA1C4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="26FC01AB" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="763045F2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34F83C2B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3228FCA3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6970C9D6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4EA0B19D" w14:textId="77777777" w:rsidTr="00720231">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8B851" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...967 lines deleted...]
-          <w:p w14:paraId="24A4A6A8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1123C1F0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D3C4BE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E2F7B7A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5095783D" w14:textId="57F5CFEC" w:rsidR="002C507E" w:rsidRPr="00D76442" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+    <w:p w14:paraId="05CABA04" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54A29CF4" wp14:editId="7D6C1BDF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2A5352" wp14:editId="14CB1E59">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="328598317" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="559291623" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19505,62 +19210,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3776350B" wp14:editId="4CDDCA93">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F580097" wp14:editId="7E1B8CE6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1218894163" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1614747300" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19588,952 +19293,948 @@
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4EE718" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="3AE7789D" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="2F23FE66" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11329BEC" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="67047409" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D946574" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="30E461D3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2105003D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="4489AC5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E6E99E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="70A5C438" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="509D3AD9" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="00720231">
+          <w:p w14:paraId="22659C25" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E52FF7">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D0F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="07EC596B" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="465E115B" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0AFA72" w14:textId="0EA640A5" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="12E3696C" w14:textId="395A031A" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002C507E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>be</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>put</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0936D856" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="395009F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18160475" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="4E9ADEE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB5AC3C" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="2666617E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179D4853" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="40B6F83D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="7CE85763" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1BDCA4AC" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112F195E" w14:textId="032D393D" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="21CC97B1" w14:textId="25F759DB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>he</w:t>
+              <w:t>push</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56ECE72A" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="40E42DA7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="596D230D" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="0CB83D08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE6A009" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="130A1BD3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C964BD8" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="05DA1ECF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="62466D5D" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6AF473B2" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="786D5A76" w14:textId="16F16DC6" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="7AA61A2C" w14:textId="1369CCF7" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>me</w:t>
+              <w:t>pull</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1634577B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="5146F2F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...57 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E38D47" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AFA254" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F33993" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1C825361" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0775D1" w14:textId="6BC1C100" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>she</w:t>
+              <w:t>full</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2F5223" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="1C3FB0F7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...57 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5274A5A2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600310A4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A246C8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6FC0EE7A" w14:textId="77777777" w:rsidTr="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC5794B" w14:textId="7FFB619F" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>we</w:t>
+              <w:t>house</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77EC50D7" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="08CB0FE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE63C52" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="712E1311" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA4E522" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="0F9E6093" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F75745" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="49EBA25F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="3920A4FC" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="714FB48A" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A92D55B" w14:textId="6D910C86" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="5789A199" w14:textId="69DD1C6E" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>no</w:t>
+              <w:t>our</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0FF07B" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="56095E58" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64897227" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="40754829" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07ED2959" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="6E5E1FD6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3057F361" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="2BF857DE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="6514D9B2" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="41E92B42" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34661BBC" w14:textId="709A7560" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="19CE0A9F" w14:textId="0EE30983" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>go</w:t>
+              <w:t>your</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C42BA03" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="107A2C3D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36E6E034" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="39FFD5A9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5233FFEF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="26B48266" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FEE53E2" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="75FB39E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C507E" w:rsidRPr="00E52FF7" w14:paraId="291BCD10" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="13874703" w14:textId="77777777" w:rsidTr="00720231">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF05E46" w14:textId="7095D816" w:rsidR="002C507E" w:rsidRPr="002C507E" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="292D62D0" w14:textId="36F098CB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>so</w:t>
+              <w:t>they</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C507E">
+            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5D90BF" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="4D348540" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4386F030" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="72E8D139" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB94492" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="68AF63E7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2088546E" w14:textId="77777777" w:rsidR="002C507E" w:rsidRPr="00E52FF7" w:rsidRDefault="002C507E" w:rsidP="002C507E">
+          <w:p w14:paraId="2B9879D9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="417463FC" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D76442" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="6FF8F2C3" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D9204C" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FF45E96" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
+    <w:p w14:paraId="266C3070" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="781DDB60" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
+    <w:p w14:paraId="3184228F" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
@@ -20549,200 +20250,194 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2244D2A1" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
+    <w:p w14:paraId="44530A4A" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58AEA816" w14:textId="77777777" w:rsidR="006737AA" w:rsidRDefault="006737AA" w:rsidP="008A3112">
+    <w:p w14:paraId="67876214" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="63BBCF0A" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="75063445" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="002C507E">
-      <w:t xml:space="preserve">5 </w:t>
+    <w:r w:rsidR="00A24715">
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
-      <w:t>Homework</w:t>
+      <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
     <w:r w:rsidR="00AF1B6C">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00542415">
-      <w:t xml:space="preserve">                                                            </w:t>
+      <w:t xml:space="preserve">                                                             </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
-    <w:r w:rsidR="00F530F7">
-      <w:t xml:space="preserve">: </w:t>
+    <w:r w:rsidR="00191FC3">
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00620912">
+    <w:r w:rsidR="0053772B">
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="00A24715">
+      <w:t>.1</w:t>
+    </w:r>
+    <w:r w:rsidR="00280A93">
       <w:t>2</w:t>
-    </w:r>
-[...10 lines deleted...]
-      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="00620912">
+    <w:r w:rsidR="000746B4">
       <w:t>5</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                     </w:t>
+      <w:t xml:space="preserve">                                                                                                   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
+    <w:rsid w:val="000746B4"/>
     <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
-    <w:rsid w:val="000E70CB"/>
+    <w:rsid w:val="00140A1F"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
-    <w:rsid w:val="001C1ADA"/>
     <w:rsid w:val="00203B2E"/>
     <w:rsid w:val="00236170"/>
     <w:rsid w:val="0024448A"/>
+    <w:rsid w:val="00280A93"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="002A04A2"/>
-    <w:rsid w:val="002C507E"/>
+    <w:rsid w:val="00370D04"/>
     <w:rsid w:val="00414FA5"/>
-    <w:rsid w:val="00430A5B"/>
     <w:rsid w:val="004B43FB"/>
-    <w:rsid w:val="004E1FEF"/>
+    <w:rsid w:val="0053772B"/>
     <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="00582071"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006737AA"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
+    <w:rsid w:val="0079186E"/>
     <w:rsid w:val="008A3112"/>
     <w:rsid w:val="008F64A6"/>
+    <w:rsid w:val="0093601E"/>
     <w:rsid w:val="009D5FA0"/>
+    <w:rsid w:val="00A24715"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
-    <w:rsid w:val="00A86478"/>
     <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
     <w:rsid w:val="00B76DBE"/>
+    <w:rsid w:val="00C471C5"/>
     <w:rsid w:val="00C61E6F"/>
-    <w:rsid w:val="00C67693"/>
     <w:rsid w:val="00CB2021"/>
+    <w:rsid w:val="00CD1117"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
     <w:rsid w:val="00E73F0C"/>
     <w:rsid w:val="00EF4711"/>
     <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
-    <w:rsid w:val="00F530F7"/>
+    <w:rsid w:val="00F47EA0"/>
     <w:rsid w:val="00FA0E10"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -24803,50 +24498,273 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="657272110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="942613672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="491600368">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="279145031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1216816488">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1482305127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1576236099">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1562523840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1272398264">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1540586512">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1178545654">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="389495550">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="779296430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="776486515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="753551800">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="854463199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1591310686">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1892227524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -25301,284 +25219,258 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1907295581">
+    <w:div w:id="1933976905">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="187449979">
+        <w:div w:id="127355961">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1659112699">
+            <w:div w:id="1492216192">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1730693153">
+        <w:div w:id="211426232">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1925068082">
+            <w:div w:id="1018699939">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1455561770">
+        <w:div w:id="1365669040">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="955062719">
+            <w:div w:id="2085254091">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1834639554">
+        <w:div w:id="1900094045">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="409739956">
+            <w:div w:id="934706955">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="350306870">
+        <w:div w:id="449589186">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="713114666">
+            <w:div w:id="1799060242">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="572353009">
+        <w:div w:id="1899393994">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="776876376">
+            <w:div w:id="1079131276">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="861550055">
+        <w:div w:id="2124182997">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1644499747">
+            <w:div w:id="1092237920">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="334455049">
+        <w:div w:id="526791863">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1974821215">
-[...25 lines deleted...]
-            <w:div w:id="1220631863">
+            <w:div w:id="433943791">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -25868,58 +25760,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="194e58cf8e3fef96baf2392fca01f888">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="379b7807915f1599a11cf22581fecfd1" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -26140,111 +26030,113 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA9FA153-11A1-460A-8AD0-0957C51C6B4E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC7CDDC0-2112-483A-85A5-9828F8F73646}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
+    <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>468</Words>
-  <Characters>2668</Characters>
+  <Words>433</Words>
+  <Characters>2474</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3130</CharactersWithSpaces>
+  <CharactersWithSpaces>2902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>