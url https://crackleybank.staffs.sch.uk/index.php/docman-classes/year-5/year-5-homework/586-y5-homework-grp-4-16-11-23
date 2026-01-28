--- v3 (2026-01-05)
+++ v4 (2026-01-28)
@@ -330,61 +330,61 @@
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r w:rsidR="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="0079186E" w:rsidP="00B10786">
+                    <w:p w14:paraId="17745327" w14:textId="026E3068" w:rsidR="008A3112" w:rsidRPr="00D76442" w:rsidRDefault="008A3112" w:rsidP="00B10786">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId10" w:history="1">
-                        <w:r w:rsidR="008A3112" w:rsidRPr="00D76442">
+                        <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -414,3542 +414,3529 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="60FE49B9" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4E5A811C" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="34DAA67E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3C44C321" w14:textId="523D0687" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00760A91" w:rsidP="00D76442">
+          <w:p w14:paraId="4331FE39" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9F7A5" w14:textId="7C767C3F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+          <w:p w14:paraId="6FF2B15D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="79C90F15" w14:textId="63A6FB5F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00076C31" w:rsidP="00D76442">
+          <w:p w14:paraId="4C8B22C3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00F0737C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C174ED" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68AF52A8" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2902D777" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D10C14D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D49558" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="147219E1" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6B39A591" w14:textId="560DBCF8" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="78577618" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...238 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="5D660546" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="0C2BF652" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4845448B" w14:textId="5D638839" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
+          <w:p w14:paraId="0117FBE6" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29B930AC" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="2DE53B14" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="1027492D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E2EF3AD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A471F41" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1586FC53" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="768AAB6E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40DF8C67" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B1A2568" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1519E665" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DA85B7A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ECA264B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="4E183047" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="198EBCD1" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7D193A27" w14:textId="5E1F6B48" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="0D9570EC" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C98CA43" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="1100EE9C" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="3919CC00" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DB3F3AB" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B97AE87" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="350F4EDB" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2750EAEC" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66511E86" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="510CDCC3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="757DF5C2" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C4A1A45" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41DEC094" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="6BCE8FD7" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="7B0D25B6" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3E6120" w14:textId="0CAD415F" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="13EE699B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36C12EE6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="6E711BA5" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="3C562451" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FBC1C6E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9B7C1A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF4F0FA" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28CD6024" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69EE1D31" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EE2D204" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E9FCEE7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D13987" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C98C011" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="043E828E" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="0C3F8DF7" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBD6E81" w14:textId="51CD9CD0" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="426CB9A4" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FDBA086" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="6D232D91" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="601AB273" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B3CD8DD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6858967C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29920B29" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62C2DDE3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68C73DEE" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E9FC5F4" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1279EA19" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A168D5B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E39D8D0" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="7998056A" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4C29CAF2" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7297BFB4" w14:textId="3E76C386" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="7D35ED81" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="377976C0" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="5814A985" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="18E57796" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3629636D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CD80D55" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="378473AF" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F56D983" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71E367BB" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C0F556A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="334C8D50" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD60CAF" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B14827" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="2BB83074" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="7E4C285E" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6091FA54" w14:textId="65E13F2E" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
+          <w:p w14:paraId="7A5B8A64" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="683B9F59" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="5427A383" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="24D90E6C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="360B14E2" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="622CFF29" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7345B8A9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CA1365" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6756E806" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C102252" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62016C18" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9CB96C" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="768242DE" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0FB8BC79" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="78FB1282" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1ABBE0" w14:textId="2C1B7629" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00680C38" w:rsidP="00D76442">
+          <w:p w14:paraId="4AB5A9BD" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75CFB8B6" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="3D23264E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="363DA0C9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="754E12C9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F33AC12" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C5CFC8B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66511757" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FF9634F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D63AD76" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64024096" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4574A796" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="274E1151" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="08814898" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="3A464AC2" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA5E5A0" w14:textId="0C93742B" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="53020D5F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1416F819" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="62CAA2EB" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="10C7D101" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CA9BE85" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76FEE621" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BCF7CD2" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51F44F4B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2492C345" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D59EB6F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA9D218" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26EDDB94" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0D9629" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="66ACFE74" w14:textId="12D8F7F3" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="55C4E07C" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="74F17273" w14:textId="781D12B1" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="35AEC03B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22EF0FB8" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="28ACF24E" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="0C11636A" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="121F9408" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="607EA50F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="758F2C74" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10A94F96" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A5EE11E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34EF1B82" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FF1B5F" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CCA00D9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C8F6FE7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F64A6" w:rsidRPr="00D76442" w14:paraId="5075CC1F" w14:textId="0DD869B0" w:rsidTr="008F64A6">
+      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="75296277" w14:textId="77777777" w:rsidTr="0044071C">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0B596064" w14:textId="651C370B" w:rsidR="008F64A6" w:rsidRDefault="00F0737C" w:rsidP="00D76442">
+          <w:p w14:paraId="7CE4E0B7" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ED3A3CE" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
-[...233 lines deleted...]
-          <w:p w14:paraId="425B4620" w14:textId="77777777" w:rsidR="008F64A6" w:rsidRPr="00D76442" w:rsidRDefault="008F64A6" w:rsidP="00D76442">
+          <w:p w14:paraId="738DCD5B" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="220C0616" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42522E5E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65C9A4B6" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C0CEC9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C9A161" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5040CE18" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="612F4FF9" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F1BFAD1" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F720B54" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
@@ -4158,1224 +4145,1311 @@
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="0093601E" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="004E1FEF" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="0093601E" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0093601E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF7828" w14:textId="2786F65E" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="44FF7828" w14:textId="264CB484" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>vegetable</w:t>
+              <w:t>address</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EA5080" w14:textId="373E4B51" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="68EA5080" w14:textId="583BDF69" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>correspond</w:t>
+              <w:t>pressure</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43C265A2" w14:textId="5D1928B0" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="43C265A2" w14:textId="06F77701" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>recommend</w:t>
+              <w:t>grammar</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754C6928" w14:textId="66240D01" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="754C6928" w14:textId="5713374D" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>suggest</w:t>
+              <w:t>build</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF0D1D" w14:textId="2CA10CF8" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="75AF0D1D" w14:textId="29BBA5E3" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>develop</w:t>
+              <w:t>guard</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="035E4F1A" w14:textId="65FF8093" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="035E4F1A" w14:textId="5F212E51" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>awkward</w:t>
+              <w:t>guide</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259D0E76" w14:textId="14DAEE3D" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="259D0E76" w14:textId="655360CB" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>bargain</w:t>
+              <w:t>enough</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093601E" w:rsidRPr="0093601E" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF72440" w14:textId="7E3D9493" w:rsidR="0093601E" w:rsidRPr="0079186E" w:rsidRDefault="0079186E" w:rsidP="0093601E">
+          <w:p w14:paraId="5FF72440" w14:textId="294B1424" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>bruise</w:t>
+              <w:t>caught</w:t>
             </w:r>
-            <w:r w:rsidRPr="0079186E">
+            <w:r w:rsidRPr="008C15E0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="0093601E" w:rsidRPr="0093601E" w:rsidRDefault="0093601E" w:rsidP="0093601E">
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w14:paraId="54F4ED89" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735EA520" w14:textId="33DE27CB" w:rsidR="004E1FEF" w:rsidRPr="008C15E0" w:rsidRDefault="008C15E0" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C15E0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>naughty</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C15E0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F1AD78" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22989D5A" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D9477B" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519825F4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="158E6A29" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+    <w:p w14:paraId="7846B7B4" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="428ECE8F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="5FC510B6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAC3C82" wp14:editId="339A3A9E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C3F10F6" wp14:editId="4A7AAE8B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="754564511" name="Text Box 3"/>
+                <wp:docPr id="1010546473" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="4C027471" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="1539FD3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="6CB45C4E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="5E460C0D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="40494855" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="5668B726" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="0A471795" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5DAC3C82" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="6C3F10F6" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2A221704" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="4C027471" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78D9D03D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="1539FD3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5716A18E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="6CB45C4E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1A40A5EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="5E460C0D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3D2A0056" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="40494855" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0F5BC687" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="5668B726" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4EDBD001" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="0A471795" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -5415,3564 +5489,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="41EC9200" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="49D732A8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7B972055" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="261F12A6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC05BA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...79 lines deleted...]
-          <w:p w14:paraId="45074784" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="111B3FCD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="434F6107" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5D6B589D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A336143" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="20274C91" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB10881" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A00EB0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6036E6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="292701E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5880C76B" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6F3F2B" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...238 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="504F750E" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="15A041D8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA9F3BA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5FBF2F4C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31F7E55D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="7B10D886" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="44864F66" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA0DF42" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09A1D3B3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20434316" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F715A4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AA1A4AB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36372184" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C0DA648" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32B1167D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EB87654" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="33C7B7F0" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="327F89BC" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="134A74FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="400AC054" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A765AF6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="56C08C00" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="77812D94" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31BE8984" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75AE6571" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E768DBF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6528AF3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64D731EA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EA2C2CA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35177EA0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61617F4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745D1870" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="178DFFBE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="6E56AC22" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE84729" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="61D3AD50" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CFEA29F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="14338550" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="10ACC2DD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EBC41DF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2737DA96" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C9666A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D6AB3A4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="617A9130" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3620CCE2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2360C9E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="532E678D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="364774C0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="6CD6F188" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="7B775D21" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3D98DFE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0E169202" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CD2B6DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="587A7492" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="12EC21BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07D6D5F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57DAD55E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01386E4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CEBB903" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A25A7C5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01A2035E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F67D59C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D7A9ED0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="342B4809" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3DD34A59" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="3A19D4C4" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFCEF36" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2D3CAF5A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E71A762" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="5B96A8B7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0C1FECFC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FD3387E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="252B156A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E13C9B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BDEC985" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CE5CA8A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6697B931" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65A87B51" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B8FCF8F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="271A6177" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="581D5B18" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="2E49790F" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD81850" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0C04486F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1629A90E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="53615597" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1B5B8D03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="223D78E5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B53A3A3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42B971C4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F4E45F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58DF05CC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EEE409E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1531E19D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35A91363" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32597E27" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="760817BE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="398EEE18" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="793C8E5E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="53B5F496" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="232EA682" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="73008556" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="06750AEB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5330867A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07A3DD80" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34752F8C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EADE29B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FDB187E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53477EDA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78DA4C4E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69AE47BE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E032428" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="25E25D2F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="31639C8C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83DC9E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3B50E736" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70B37854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="458BF928" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="29C2C9F3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30CA461F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AF0DABE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65048FCD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B0D9112" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52836B6E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16BD3999" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745765DD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57EBD3D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D2A78A9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1F75446A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="1554AFC3" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="781D8BE5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="557986B1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="208CB665" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="45491346" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="32311A5B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20CCD7AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D7AA751" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1571B35B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45FA774F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34BFF5F4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="434B6CD4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F9ADD07" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="331E317B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="285D10A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4A612121" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="72A075D9" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="70CE6422" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="6CE77E30" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38E44D16" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="54DD570B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="07E0FA0B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CE51C2F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C772D03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6306A22E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1088B39A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675EDC35" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D32BF1C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EDA778D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E294904" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10E314C5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B40CA8E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="10D5ED16" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC78EBF" wp14:editId="08BC1CF1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F86EA07" wp14:editId="55CCFF16">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2118138881" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1105307404" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -8987,62 +9061,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33AEFE14" wp14:editId="5B560567">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3462C217" wp14:editId="4BBCB0B1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="846443282" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="869364443" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9065,1289 +9139,1392 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA75BB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="79F52401" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="627642CF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="4C733159" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DEDFC67" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7A390E40" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF8E943" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="79E4B52B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3119941F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
-    <w:p w14:paraId="3D542880" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="56071F7E" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
+    <w:p w14:paraId="6A4FFBC3" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A29C07" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="197A63A0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="02D1E8D7" w14:textId="77777777" w:rsidTr="00720231">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="113ED836" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="074CA74D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BAF4F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79545FD9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EE09E9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFEEFB6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="51B8DB08" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F940D9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>often</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F398546" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBA89FF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4CE4FD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF98038" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="1E03C64E" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB790F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>perhaps</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C40D2AF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDF4896" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F06121" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CB297F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="7003D544" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DB57A9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>potatoes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BEA026" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A129CA8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3710C47B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194E684B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="3AE63488" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E19919B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>promise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F3C38C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A19C57" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F77E36" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B1B7D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="7CEFB59E" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7A0A31" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>eight</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E5C9E6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7F5D0F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="332206DB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6DC372" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="438B0A9A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13175A00" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>eighth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E45F30" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="312455DB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FE8CD9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="156E4CF5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="7B4D4CA4" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4822873E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>height</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FAB326F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BAAF28" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DE5B7D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E68889A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="219D2608" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F822178" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>different</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4AD608" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3801B7CA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F493C7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D61981" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="739E8787" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C8D547" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00594584" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Word</w:t>
+              <w:t>difficult</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="00594584">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...106 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEBFB9A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="47AACC80" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11202854" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7E741DD1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B7C8DA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="47A8DA87" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA11EB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="33D453C5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...639 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BA6FD79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+    <w:p w14:paraId="23C23384" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D9204C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F77FE79" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="6CAC76A3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ABA271C" wp14:editId="227B1153">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="056F57C3" wp14:editId="1B868FB6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="353027525" name="Text Box 3"/>
+                <wp:docPr id="2036368782" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="333B251B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="7F0B44D0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="6E5BCEC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="5317B13B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="4EF70CA9" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="76AD7C45" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="78854AD7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0ABA271C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="056F57C3" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="317E6482" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="333B251B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="58E29B94" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="7F0B44D0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="08775A21" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="6E5BCEC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="65C963E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="5317B13B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7A0A6C6E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="4EF70CA9" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7CEEBE27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="76AD7C45" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6E01EAA8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="78854AD7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -10387,3564 +10564,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="16E5C7E1" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="4EBF34DF" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="396A7679" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2F503B9C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="444FC5DD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...79 lines deleted...]
-          <w:p w14:paraId="525C2321" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="340B94D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="33BC86A6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3B597BF5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F531E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43886B32" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="638535CD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="086DF51C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D60DB68" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CE1361" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CA279D" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="715E6E6D" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...238 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7404CD8F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="5099747D" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0831B372" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="185C30CC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75BDD26F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="40395F2B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="23C8B729" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66276A72" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="112B8D5B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDA8BCA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="313192E9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55DDB5E8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35986723" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32B98C19" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13406185" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27E9D4E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="31878C44" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="531A51E4" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="774ED816" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="2A16BFB2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26C4CED6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="1430DC7E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="45C4D2CD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AD7D2B9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34BBCB4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2372A5AF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="004AEF36" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55C7ACC7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="683C370B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="691886AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CF360FA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FDC579F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="1CDFE4B0" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="20B78383" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="381CD2E9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="33C47D95" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44D4160D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="739B0370" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="14128A3C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="264DCFC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1227DC2F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E36ABFA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32705270" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A176A82" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F5DAC36" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17A442D3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13A45CC4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="238782F4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="4047B24D" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="63499C5B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5454F74C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3B3D0D42" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA003C3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="31E1D8D2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3032808F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7AB0CA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29DCE9C2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B00900B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FA2C44B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22516A55" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="286906BD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60343B8D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDD8795" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23A74688" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="0B3424C0" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="49D1CA8B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="19901D2D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1A003DCE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48BBFBB9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="5BD4BBC4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="164FCD26" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7DDEF5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DDF20AB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F4F46C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2751A4D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022D51CE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FA7F7D2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09DAFEAC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3168CCA0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7EDC2F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="7124506B" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="104E13A0" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6A72855B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="10541DAD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4672E952" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="7E0DC3FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="06032DE6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43047EEF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E868160" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="291DFE97" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EBCC1F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A6A1C24" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43C64AD9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29324265" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0829F52F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CAFD368" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="589588A8" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="6677AB51" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="192E09CA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1E53A89C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="163A5A09" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="3FD7E5BE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0A782717" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E805C98" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D6D18BF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D5B35F2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F316798" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55601486" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62003E81" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E6AD54C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="238596CF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56F740A4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="77A80912" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="056C94E5" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA87EAD" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="17F4372B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A10B766" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="1B0DB366" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0EF51FF3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CD77103" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="201761B9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C0CC3C2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50BEC33D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4154EC3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71F74A94" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36F503FB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70A68388" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F10DFF5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="5E1545EE" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="3724709C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="04710083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="3198D555" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E2D5690" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="3F69EF7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="4F3CE3F0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E0141A8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4140B135" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69DB1CBC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15EA5A60" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A99D4F0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A8AE0A4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CD8CB2C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F7176C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="794A6C2A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="19783CB9" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="1049F2B0" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7128AC27" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0C00D2FD" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40613533" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
-[...233 lines deleted...]
-          <w:p w14:paraId="49428F17" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="16AADDDF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="340E8310" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BC6C87E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04064EC9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="010933AA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="590FAE8A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49A7BD4C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4315F7C2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CCE9D93" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D7FF0E9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34BE571B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7FF00DD2" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="665460D0" wp14:editId="4E12E63A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1443F19E" wp14:editId="0D98EC3B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="66895487" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1719653065" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -13959,62 +14136,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461710AB" wp14:editId="7DE7428A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EAB3EE4" wp14:editId="4A989827">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="111141159" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="511046115" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14037,1289 +14214,1380 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05206EBE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="374F20DC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484530E3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="71AC5D3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21714158" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="7C817AF2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E48E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00F0737C" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="0E567FF1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B370F08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4"/>
-    <w:p w14:paraId="7A48800B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="2776F4ED" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
+    <w:p w14:paraId="199F00AA" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A65138A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="03E94810" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2782"/>
+        <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00001043" w14:paraId="640D4CC4" w14:textId="77777777" w:rsidTr="00720231">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="7189EA66" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="277E3A2C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308A71D8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3E265D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D528EC8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733C760E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="69C04E2E" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F239DF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>rhyme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A312BA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="581246EE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5037FEBD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F34702E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="71AD2149" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118420C4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>rhythm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E9C1D1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BD34C2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="039DDB69" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F6F1F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="2CECF972" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E2F332" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>sincere</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32987A70" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9DFA26" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D924704" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBB3BAB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="61E0CA3F" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2A5A97" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>sincerely</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E213F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D24E504" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B728EB6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D9C829" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="5EBA1CB9" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BBCEBF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>immediate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF73287" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="085A4747" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6D274B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18891A13" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="36E4AE46" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ECCC89" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>immediately</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6F69C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C38DD9D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9ABB55" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="371189EA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="0611C132" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFE8C37" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>frequently</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2956238D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="689E9E94" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2836831C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E509FDD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="54C91AE1" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="722D61D2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>especially</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="520E9A24" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="153C43A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43FC18B6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="394CDD0D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="6B8C6E46" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42191DCD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="000E70CB" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00001043">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Word</w:t>
+              <w:t>foreign</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="000E70CB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-            </w:pPr>
-[...106 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="524265D7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5899292C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5849D992" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="06CD65D0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="242CA888" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="10C79476" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604A31DC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00001043" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="539739AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="36"/>
-[...639 lines deleted...]
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67BDA709" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="00D9204C">
+    <w:p w14:paraId="63771114" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="217A3DF9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="65F741BB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C844678" wp14:editId="49902A1B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3041A82B" wp14:editId="61DD4DEA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1797087129" name="Text Box 3"/>
+                <wp:docPr id="1925373399" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="69D70C3F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="79FDC0DF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="16DD321C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="3ED822D4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="04BD03E0" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="624A4838" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="56C16DC0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0C844678" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3041A82B" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="71BDFA5B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="69D70C3F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="203A5917" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="79FDC0DF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="79788DB6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="16DD321C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="20E16E76" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="3ED822D4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="03577B90" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="04BD03E0" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4E2BFCDB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="624A4838" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="08904A95" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="56C16DC0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -15333,1242 +15601,3590 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6068" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1517"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="278A1F17" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="39F2AED1" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="69A83480" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="59A196FF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="74F2F16E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="272A9C57" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BC7812" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6157026F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6205497E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE1598F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0335CDA5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="421EEECF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BC5A10" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD7E0A4" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D1E2B3" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="27250E7C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="18089B86" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E294DD6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019BD048" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5191FCD9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="689DEE7E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DD33F07" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C25AE8E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CA67492" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D2EFF7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F4C91ED" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7786F79A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FD5CC3B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="10082BE1" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D431DFA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32E1BF70" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1979E755" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74AC71D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1697DCEF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B038D85" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32591935" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F28E3B1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EB3C42E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="517A1278" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="532365E0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="0E9AB91C" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="248800A0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="108CC236" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03033B0E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DFD4CB9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6975175E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C0E70E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="610E1C24" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="755A8331" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C67E125" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="283502F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14BF6BE4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="68792B90" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BC3240" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EE09B3E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79B052C4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C6420B6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2847DB88" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BDBC28" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74E83CDE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C7417E6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CC580C9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FEA7BA2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0195BCD0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="44366872" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B890F67" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2420AA6D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1436E06E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="184CA4B8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F57E8A1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A8454C2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41B48260" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44FA65EE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5525391F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="100D360D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65DF57C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="64BFD470" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7651B560" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37A82D85" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49E714B8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4112A2AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02F7736F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A141FB8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2111D11B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="438FBB92" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C1BA3CE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B6818E3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="738F8A76" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="181DE988" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E45CB65" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46989B16" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67827A13" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13921800" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66AF7D75" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="756CD9F3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF2476B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48AAD5B9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CD5EBCD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15C41043" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DB08653" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="7E46ED82" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E94D5E8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="53A978BF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EDEF468" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A530C6E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F1098DA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AC4A236" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="548FC23D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B8916" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D66CC2F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BB413F1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="766E01E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="754BF6C6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="70C7A279" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="02127D81" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A657949" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41EA9A92" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6038B498" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A751816" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="792A0145" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B7FA8E1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B7EA078" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53DF088A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E577405" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C0AAE25" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="19DEBF11" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B0DE7D" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...967 lines deleted...]
-          <w:p w14:paraId="29739E15" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D5435DA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02A2E13D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DA789FF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F65D540" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60B2F262" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C09764A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="220BC2CF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="383D5571" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2403AC84" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BFDFCF9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="172A55CE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1154A427" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAC36B5" wp14:editId="7BBBA2FB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0202F11D" wp14:editId="45E8969D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1828453821" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="431210806" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16583,62 +19199,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6868603B" wp14:editId="0740AA9A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06E6DDE8" wp14:editId="61DBC1BB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1743727166" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1515650118" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -16660,1293 +19276,1381 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="772A2FC0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2876D2CF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="718224FD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28D1FD4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AEED1A2" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
+    <w:p w14:paraId="56ECEDD8" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2A87FE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="5A6D67EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="269875B1" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="3715D79B" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50AFF20A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="32392E51" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D0F9E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08E55083" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="56B2A1E1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D0F9E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604E7420" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="1DF92762" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D0F9E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC9D4DB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="7A688AA1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D0F9E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25F7983F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="179B2CE4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D0F9E">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E1FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="55793167" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="11EFB44E" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41E7C1BF" w14:textId="5480A348" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="5BFD38AA" w14:textId="383F6AFC" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>signature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00894610">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C73A60E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB627D4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3622A118" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="698AEE95" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="40FA0D02" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E4D693" w14:textId="11BEE04B" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>path</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>temperature</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730089EF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="6D088EC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B895F3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="7C597BA5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225D7C59" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="0FE95A9C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7778198D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="0645DB48" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6D149E8A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="3E13A4EA" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25692DF0" w14:textId="6690F4EE" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="53D1D3E0" w14:textId="7CFD40C0" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>bath</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>leisure</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F140AC8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="33BA2386" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEE7625" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="06F19BC8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D373AF7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="7DF201CC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADDE12F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="483BED83" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="10F4E864" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="2F5108F8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B130580" w14:textId="4CB0452E" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="12AA752F" w14:textId="095CA040" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>hour</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>hindrance</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C6D299" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="305E4D30" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D89FBEA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="2CC3FE5C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61923305" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="7601D3AE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40BC4020" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="3F22A642" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="192A66E5" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="0ED779CA" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E83F2DC" w14:textId="34717F0B" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="52D1E783" w14:textId="5EA6C144" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>move</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>nuisance</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4708B40B" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="59AB6920" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33EFE6D5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="1FECD6FB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1577553E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="5C00134E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0DF987" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="09F1730D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6491972F" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="4FFF8C60" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ABA112C" w14:textId="4B1D0C1A" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="7B67F978" w14:textId="4ABA2D6B" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>prove</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>existence</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F317E62" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="5EDA6E8C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48CA2E52" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="7CCFD7BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5FECE3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="4C943032" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0F85EC" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="6C09D364" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="199DC539" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="648AFAB0" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4061C7DB" w14:textId="504BE32D" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="19B9320B" w14:textId="6FDDAF31" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>could</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>convenience</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="023CF7FA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="70C18A70" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7801D602" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="4BE8DE9A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="797C00AA" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="3FB093C9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="253266C8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="742257B0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="4721CC4C" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="791090BD" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A3E8E2" w14:textId="0A572572" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="42C0269A" w14:textId="069738FB" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>should</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>conscience</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2A0363" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-            <w:pPr>
+          <w:p w14:paraId="6095B4AA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A40CBFA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DE1714" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D282B44" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="4437EB10" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8D95FA" w14:textId="0B12E795" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
-                <w:sz w:val="40"/>
-[...62 lines deleted...]
-            <w:r w:rsidRPr="000746B4">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>would</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>sufficient</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1CAE18" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="51BF6046" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434F7502" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="35DD5012" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A48A099" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="065598EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F45E360" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-                <w:szCs w:val="40"/>
+          <w:p w14:paraId="1CD8CCDD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71402AB5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="6FDBC10A" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
       <w:pPr>
-        <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="091BBB4C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...31 lines deleted...]
-    <w:p w14:paraId="3F3E9FF8" w14:textId="07ECF861" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="1DDC98F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B82F684" wp14:editId="3A37CFC4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="294C3857" wp14:editId="6C1A38F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="434177620" name="Text Box 3"/>
+                <wp:docPr id="1773698672" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="2AD748F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="2016A19E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="1F42F03C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="6606EC5C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="32A678F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="377B52A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                          <w:p w14:paraId="111EAFFB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B82F684" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="294C3857" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="50B981B4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="2AD748F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="77B1BE77" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="2016A19E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="78E4C088" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="1F42F03C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7ABB116C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="6606EC5C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="75984B5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="32A678F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6E8FA3EB" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="377B52A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="179061B0" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+                    <w:p w14:paraId="111EAFFB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -17960,1242 +20664,1250 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6068" w:type="dxa"/>
+        <w:tblW w:w="6072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1517"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1518"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="3BF80DB7" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="328A9775" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="608BC37C" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="32E4FEF1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD75671" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="16153AC5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="477C5B87" w14:textId="39FAAE91" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D01A38" w14:textId="0089D74E" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="5C435564" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E1376D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="201814DC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56E5019B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A7B6E4D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="69796F16" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2FB9DE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27FA39A4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="458200B3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2761AEBE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="0B7477AE" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A78471" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1C1C2A8F" w14:textId="34D93F42" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F90E102" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1414CA3E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C9F6F0E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="5F51FE88" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2010FA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F37F439" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A131C2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62FEAD7A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="298B58C1" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="679E7FBF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7F996D03" w14:textId="366869F7" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4697A225" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42344487" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A35B5C6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="1A09DEEF" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D8A633" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F6CD44F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D19B61D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6C4116" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="00D76442" w14:paraId="509761A9" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="330BC21D" w14:textId="77777777" w:rsidTr="00C34503">
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="36330876" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="07BA268F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B65E41D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EECEDCC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="426B8CF7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="2C43C481" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="652298F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
-[...920 lines deleted...]
-          <w:p w14:paraId="0E2F7B7A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="00720231">
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B53320A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41B3A291" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="237074F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05CABA04" w14:textId="77777777" w:rsidR="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3ED6591D" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2A5352" wp14:editId="14CB1E59">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45087A5B" wp14:editId="714ABD10">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="559291623" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1431113238" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19210,62 +21922,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F580097" wp14:editId="7E1B8CE6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B43FE01" wp14:editId="5A745B7B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1614747300" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1255641359" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19287,954 +21999,3509 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4025759E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781DFE32" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31ADAF2A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F25A06B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118811A0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C18D80E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50255C03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4447D181" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="123D29B8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7621E1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01FE8AC3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1DFC09" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
+    <w:p w14:paraId="225AAAA8" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1020"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4EE718" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="00D76442" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+    <w:p w14:paraId="0B51C128" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="2F23FE66" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="32CCF001" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67047409" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="5A6BD201" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r w:rsidRPr="001110BE">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E461D3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="75644C39" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r w:rsidRPr="001110BE">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4489AC5A" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="23CD1B13" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r w:rsidRPr="001110BE">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A5C438" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="0E945ED4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r w:rsidRPr="001110BE">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22659C25" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="00720231">
+          <w:p w14:paraId="6D06A3F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0F9E">
+            <w:r w:rsidRPr="001110BE">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="465E115B" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="7342A208" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12E3696C" w14:textId="395A031A" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="7B2035E5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>ecause</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC082BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D643964" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FA9C08" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11408533" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="0042625A" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4F0910" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>most</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="191B83E8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA00DA2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A37DC17" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0328D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="57F86BA0" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC3CA8D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">only </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3E2B03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B04E53F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DB4EB1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5966CDF7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="750B07FA" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7045AC5E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">both </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF28AC9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C3056D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB42094" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F52C2E2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="734F6248" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="433E04A5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6A4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>old</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D450D53" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1D0BC3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E58ECD0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3481D183" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="6FEE0E52" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A603D" w14:textId="2B441205" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+              <w:t>cold</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00894610">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCAD635" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C88851F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C67D63F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2692FC84" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="3FB91012" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA84CBD" w14:textId="6D741B69" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>put</w:t>
+              <w:t>gold</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="395009F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="4594A62F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9ADEE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="72B82366" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2666617E" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="1D330774" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B6F83D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="49B1A94F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1BDCA4AC" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="562D7772" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21CC97B1" w14:textId="25F759DB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="39AA4A3F" w14:textId="1A4C83EE" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>push</w:t>
+              <w:t>hold</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E42DA7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="54EF2635" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB83D08" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="7599987E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130A1BD3" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="207C006D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05DA1ECF" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="50292997" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6AF473B2" w14:textId="77777777" w:rsidTr="00720231">
+    </w:tbl>
+    <w:p w14:paraId="2CCE2FE9" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083552BA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05C8B02C" wp14:editId="7F1B34CA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5549900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>481965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3953510" cy="2416810"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2065906286" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3953510" cy="2416810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="111050EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="39FD9354" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5009C153" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="214A75C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="40943678" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="10FA6CC4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Log onto Maths</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D76442">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Whizz here</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="722B6681" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId21" w:history="1">
+                              <w:r w:rsidRPr="00D76442">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                                  <w:sz w:val="36"/>
+                                  <w:szCs w:val="36"/>
+                                </w:rPr>
+                                <w:t>www.mathswhizz.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="05C8B02C" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA9V73NPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2eiNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1Xvc08AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="111050EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="39FD9354" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5009C153" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="214A75C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="40943678" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="10FA6CC4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Log onto Maths</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D76442">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Whizz here</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="722B6681" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId22" w:history="1">
+                        <w:r w:rsidRPr="00D76442">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t>www.mathswhizz.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fast Maths</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="6072" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1518"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="08F8CD63" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B3557C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE31417" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7486B056" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E27D3E4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="2D40E995" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BEC16AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B2E97CE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05829314" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D51268D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="52DEFD74" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4DC46F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78759EDA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="535C0ACE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D175330" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="508D63B2" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAE1AA4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6540D4B3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="032CD00A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6935D085" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="508A77E9" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B368B4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="568A77BD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1920700B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C771C6F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="04CA9609" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B26F837" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="510D3643" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02E791EB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08D5953A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="418675BD" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEA9812" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44D8E00E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F185313" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7337DF82" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="60C64F10" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5FA2B5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15F1EBCC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CEFB61D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="132A81E8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="7AB707B7" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D3F1FA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07F6E382" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2582A3FB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FD99F0A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AAFE373" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51C51B0C" wp14:editId="11AB8A55">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6248400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1152525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1102360" cy="698500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2077009500" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="17334" b="19334"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1102360" cy="698500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE692BA" wp14:editId="3497DE16">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>7823200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1063625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1050925" cy="774700"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1627817040" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="12281" b="14035"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1050925" cy="774700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B5A93E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C2A69AB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62249D29" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31AE1825" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE10CA5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AAF018B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46DADEAE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="559D80FE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166A6A91" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B86EB6F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5202C1FD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED8D762" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
+    <w:p w14:paraId="6FCBA796" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1020"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E90F4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76442">
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="77A979E8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA61A2C" w14:textId="1369CCF7" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="71FC7600" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001110BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D47E265" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001110BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C53B65" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001110BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E847187" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001110BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0407BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001110BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="615FD4A7" w14:textId="77777777" w:rsidTr="00C34503">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB6A57A" w14:textId="4D13FFC3" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>pull</w:t>
+              <w:t>be</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5146F2F5" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="68F71E3F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E38D47" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="6B504A6C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19AFA254" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="024414E3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01F33993" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="08E2017D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="1C825361" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="1C5D3682" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0775D1" w14:textId="6BC1C100" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="346DFD00" w14:textId="43CC2675" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>full</w:t>
+              <w:t>he</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3FB0F7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="7A8FBA98" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5274A5A2" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="76F65200" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="600310A4" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="62B4C2B5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A246C8" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="4B9E8B92" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="6FC0EE7A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="6B33B844" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC5794B" w14:textId="7FFB619F" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="3F00E43B" w14:textId="445DD945" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>house</w:t>
+              <w:t>me</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08CB0FE9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="20407E75" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="712E1311" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="65400BDE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9E6093" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="65143AC8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49EBA25F" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="54200384" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="714FB48A" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="188B9A5C" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5789A199" w14:textId="69DD1C6E" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="3A30F653" w14:textId="4380715B" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>our</w:t>
+              <w:t>she</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56095E58" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="03669E1B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40754829" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="12CC1E05" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5E1FD6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="3BA85FBD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF857DE" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="456D98CC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="41E92B42" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="4D8A6734" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19CE0A9F" w14:textId="0EE30983" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="3EAD8381" w14:textId="04C3EAFF" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>your</w:t>
+              <w:t>we</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="107A2C3D" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="219ABBAA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39FFD5A9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="481E2D64" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26B48266" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="48C03DDA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FB39E6" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="1211BCF3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000746B4" w:rsidRPr="007D0F9E" w14:paraId="13874703" w14:textId="77777777" w:rsidTr="00720231">
+      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="18C7A6D8" w14:textId="77777777" w:rsidTr="00C34503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="292D62D0" w14:textId="36F098CB" w:rsidR="000746B4" w:rsidRPr="000746B4" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="51A6272E" w14:textId="6B1AF7B9" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>they</w:t>
+              <w:t>no</w:t>
             </w:r>
-            <w:r w:rsidRPr="000746B4">
+            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D348540" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="6E3A0220" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E8D139" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="42706D7A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68AF63E7" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="6E24B1B7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9879D9" w14:textId="77777777" w:rsidR="000746B4" w:rsidRPr="007D0F9E" w:rsidRDefault="000746B4" w:rsidP="000746B4">
+          <w:p w14:paraId="10C2B5DD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="6FF8F2C3" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D9204C" w:rsidP="00D9204C">
+    <w:p w14:paraId="285F64BB" w14:textId="5E64D359" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D9204C" w:rsidP="00D9204C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
-      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="266C3070" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="562614A4" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3184228F" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="329E66C5" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
@@ -20250,194 +25517,197 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44530A4A" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="637BE0EA" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67876214" w14:textId="77777777" w:rsidR="00CD1117" w:rsidRDefault="00CD1117" w:rsidP="008A3112">
+    <w:p w14:paraId="4C35D300" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="75063445" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="4D79E938" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="00A24715">
+    <w:r w:rsidR="008435AD">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
     <w:r w:rsidR="00AF1B6C">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00542415">
       <w:t xml:space="preserve">                                                             </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
-    <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">  </w:t>
+    <w:r w:rsidR="00F530F7">
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="0053772B">
-      <w:t>11</w:t>
+    <w:r w:rsidR="007C490E">
+      <w:t>22</w:t>
     </w:r>
-    <w:r w:rsidR="00A24715">
-      <w:t>.1</w:t>
+    <w:r w:rsidR="00F530F7">
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00280A93">
-      <w:t>2</w:t>
+    <w:r w:rsidR="002A3E7F">
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00B76DBE">
       <w:t>.2</w:t>
     </w:r>
-    <w:r w:rsidR="000746B4">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00894610">
+      <w:t>6</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                   </w:t>
+      <w:t xml:space="preserve">                                                                                                    </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="162"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="000746B4"/>
     <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
-    <w:rsid w:val="00140A1F"/>
+    <w:rsid w:val="00095546"/>
+    <w:rsid w:val="000E70CB"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
     <w:rsid w:val="00236170"/>
     <w:rsid w:val="0024448A"/>
-    <w:rsid w:val="00280A93"/>
     <w:rsid w:val="002831BC"/>
     <w:rsid w:val="00290D26"/>
-    <w:rsid w:val="00370D04"/>
+    <w:rsid w:val="002A04A2"/>
+    <w:rsid w:val="002A3E7F"/>
     <w:rsid w:val="00414FA5"/>
+    <w:rsid w:val="00430A5B"/>
     <w:rsid w:val="004B43FB"/>
-    <w:rsid w:val="0053772B"/>
+    <w:rsid w:val="004E1FEF"/>
     <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
+    <w:rsid w:val="00582071"/>
+    <w:rsid w:val="005C4B9C"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
     <w:rsid w:val="00760A91"/>
-    <w:rsid w:val="0079186E"/>
+    <w:rsid w:val="007C490E"/>
+    <w:rsid w:val="008435AD"/>
+    <w:rsid w:val="00894610"/>
     <w:rsid w:val="008A3112"/>
+    <w:rsid w:val="008C15E0"/>
     <w:rsid w:val="008F64A6"/>
-    <w:rsid w:val="0093601E"/>
     <w:rsid w:val="009D5FA0"/>
-    <w:rsid w:val="00A24715"/>
+    <w:rsid w:val="00A05A6D"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
+    <w:rsid w:val="00A86478"/>
     <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
+    <w:rsid w:val="00B47C9C"/>
     <w:rsid w:val="00B76DBE"/>
-    <w:rsid w:val="00C471C5"/>
-    <w:rsid w:val="00C61E6F"/>
+    <w:rsid w:val="00C67693"/>
     <w:rsid w:val="00CB2021"/>
-    <w:rsid w:val="00CD1117"/>
     <w:rsid w:val="00D76442"/>
     <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
     <w:rsid w:val="00E73F0C"/>
     <w:rsid w:val="00EF4711"/>
     <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
-    <w:rsid w:val="00F47EA0"/>
+    <w:rsid w:val="00F530F7"/>
     <w:rsid w:val="00FA0E10"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -24498,273 +29768,50 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="657272110">
-[...221 lines deleted...]
-    </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1892227524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -24929,50 +29976,299 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1920672943">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1482849322">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1752576553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="795682891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="64383628">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2122450031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1678195259">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="753236508">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="637883566">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1413358780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1055734914">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1066412695">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1421412030">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="496697723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="101847929">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1937011282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1282148292">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="995189124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1739747260">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1961259271">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="856191881">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1765177184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -25219,281 +30515,307 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1933976905">
+    <w:div w:id="1907295581">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="127355961">
+        <w:div w:id="187449979">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1492216192">
+            <w:div w:id="1659112699">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="211426232">
+        <w:div w:id="1730693153">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1018699939">
+            <w:div w:id="1925068082">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1365669040">
+        <w:div w:id="1455561770">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2085254091">
+            <w:div w:id="955062719">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1900094045">
+        <w:div w:id="1834639554">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="934706955">
+            <w:div w:id="409739956">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="449589186">
+        <w:div w:id="350306870">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1799060242">
+            <w:div w:id="713114666">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1899393994">
+        <w:div w:id="572353009">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1079131276">
+            <w:div w:id="776876376">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2124182997">
+        <w:div w:id="861550055">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1092237920">
+            <w:div w:id="1644499747">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="526791863">
+        <w:div w:id="334455049">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="433943791">
+            <w:div w:id="1974821215">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="439103948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1220631863">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -25760,61 +31082,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="379b7807915f1599a11cf22581fecfd1" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8a6ee8d18b438cb602791b3a77178a4d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f89298a0898d51ef21a6f957b4cbe5d" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -26029,114 +31362,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
-[...25 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A68B0FD-8F2F-4F34-863F-325E7B69A04C}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2474</Characters>
+  <Pages>6</Pages>
+  <Words>564</Words>
+  <Characters>3220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2902</CharactersWithSpaces>
+  <CharactersWithSpaces>3777</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>