--- v4 (2026-01-28)
+++ v5 (2026-03-13)
@@ -388,3573 +388,4201 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r w:rsidR="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7117" w:type="dxa"/>
+        <w:tblW w:w="6149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E70CB" w:rsidRPr="00D76442" w14:paraId="4E5A811C" w14:textId="77777777" w:rsidTr="0044071C">
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="5517B1C8" w14:textId="2B36FD59" w:rsidTr="00070338">
         <w:trPr>
-          <w:trHeight w:val="409"/>
+          <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="34DAA67E" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="61DD1836" w14:textId="24EB7C07" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4331FE39" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="3C44C321" w14:textId="61F61E31" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA9F7A5" w14:textId="71725CC1" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C90F15" w14:textId="57934747" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B39A591" w14:textId="2AF7DB6F" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF2B15D" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="44BE6954" w14:textId="706D3F1B" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2661F019" w14:textId="61C117E1" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A09F7BF" w14:textId="60822963" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2BDDCB" w14:textId="5520485D" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B4B819" w14:textId="37C0B87C" w:rsidR="00070338" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8B22C3" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+          <w:p w14:paraId="77A20DEE" w14:textId="529DA8A1" w:rsidR="00070338" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="224F00A2" w14:textId="1EFD520F" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845448B" w14:textId="03B7E6B2" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29B930AC" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70897B5F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14E27BDB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F81C79" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E81CFC9" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650877FF" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A60E32D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B6B13" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65BDB3D6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7741C0D1" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="07BEE92A" w14:textId="308F1B0C" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193A27" w14:textId="317442D1" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C98CA43" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C76D6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FBF1C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F30D760" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FDDA7B5" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DE2951C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4700985D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11BCAAE9" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26F5502D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D0D5E6B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="623BFA41" w14:textId="04EC1E85" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3E6120" w14:textId="1B9798D4" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C12EE6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F42FEB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="708B1E6D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="016B174A" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1693D3B1" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36556B24" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0703162D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D7405" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37778446" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="715B7A4D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="2A82F080" w14:textId="5D6FDFB2" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD6E81" w14:textId="3AFBDA7F" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBA086" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5171A951" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4470122E" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7CACD" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15F435BE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="346DAE09" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AF20AB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7719EAF3" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BB88AEB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27E59618" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="7B493594" w14:textId="2DBBD5CF" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7297BFB4" w14:textId="4973BF3D" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="377976C0" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EDDAC" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49569D8A" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3069B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29788DCB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E681F79" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA7390F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C094685" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="214E248A" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A063DCB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="02545D9C" w14:textId="7C7D552E" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6091FA54" w14:textId="1572FFCA" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="683B9F59" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6224E7" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="180CEC63" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332D0B72" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="262CF0F2" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DB359C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10987A59" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57096C14" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FD1D9BD" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F39CE01" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="667C0A03" w14:textId="17A0E5CA" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="71184719" w14:textId="475ED7B7" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5730DF62" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C1F40E4" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09A7FF4E" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08916072" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A385445" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45D5B143" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7358E7FE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28082B8B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F76FCB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="129C3FBE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="286AC3AF" w14:textId="0F4608D5" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1ABBE0" w14:textId="19945F69" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75CFB8B6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="409B77D4" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706DF984" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9E04B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EBD1A37" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0246A5A4" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E641D7C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006418A7" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F325E6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CCD9EAF" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="28CA1546" w14:textId="474D681B" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA5E5A0" w14:textId="5C2975EF" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1416F819" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63581D03" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA8C998" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6760D3" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36727FE7" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0A3024" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A75708" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D24ED74" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D70B5FB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F9FA70D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="66ACFE74" w14:textId="2AD8965C" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F17273" w14:textId="4B652F98" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22EF0FB8" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6DFD61" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7BA589" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A79EDF6" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1013F224" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C66B93C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6693B69D" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C1EB8E" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="534C9EFB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="520D0BFB" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="7220188A" w14:textId="59917DBD" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AD466D" w14:textId="7DA1B8BB" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13E6824B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A44CD36" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="033225AD" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E38F078" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B6087AE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41DD4305" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44276D8F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="111505B9" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56000826" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D91A888" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070338" w:rsidRPr="00D76442" w14:paraId="47512EC0" w14:textId="17FB4053" w:rsidTr="00070338">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5318A189" w14:textId="2FB25BFB" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...3311 lines deleted...]
-          <w:p w14:paraId="1F720B54" w14:textId="77777777" w:rsidR="000E70CB" w:rsidRPr="00D76442" w:rsidRDefault="000E70CB" w:rsidP="0044071C">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="501CC297" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B8317" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55F915AE" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C85A87C" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23DCCCB5" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02B2468F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C23D33F" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2371C457" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38271372" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CDF7E9B" w14:textId="77777777" w:rsidR="00070338" w:rsidRPr="00D76442" w:rsidRDefault="00070338" w:rsidP="00D76442">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E62EF8E" w14:textId="77777777" w:rsidR="00F0737C" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+    <w:p w14:paraId="1D58E540" w14:textId="7152C22B" w:rsidR="002831BC" w:rsidRPr="00D76442" w:rsidRDefault="00D76442" w:rsidP="00191FC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B18EA31" wp14:editId="0D138ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="988320439" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
@@ -4063,1393 +4691,1343 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D76442">
+      <w:r w:rsidR="002831BC" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t>Spellings – Look, cover, write and check. This week we are practising</w:t>
       </w:r>
       <w:r w:rsidR="00050781" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> commonly confused words.</w:t>
       </w:r>
       <w:r w:rsidR="00F34682" w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002831BC" w:rsidRPr="004E1FEF" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
+      <w:tr w:rsidR="002831BC" w:rsidRPr="00414FA5" w14:paraId="327EC95B" w14:textId="77777777" w:rsidTr="002831BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="004E1FEF" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
-[...843 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="7184E19E" w14:textId="74018455" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C15E0">
+            <w:r w:rsidRPr="00414FA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D05BB1" w14:textId="3757E8F7" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015A615B" w14:textId="06E6D04B" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0355A18D" w14:textId="2FAEE3D8" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07234843" w14:textId="25F6B893" w:rsidR="002831BC" w:rsidRPr="00414FA5" w:rsidRDefault="002831BC" w:rsidP="00191FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="4648E37F" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FF7828" w14:textId="65D43B54" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>accommodate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B1770B" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>naughty</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3092AD" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7877BABB" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24438781" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="241BB8AB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EA5080" w14:textId="71A24C42" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>accompany</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C15E0">
+            <w:r w:rsidRPr="003434DB">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="001F1CC4" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="449F2BA6" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="295A4BBC" w14:textId="3859C5D0" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="081837A7" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="4958301C" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C265A2" w14:textId="1499C5AC" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>according</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F1AD78" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="13C1BE96" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB945F4" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BD63BB" w14:textId="239183A7" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA7B859" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="0138A8C4" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754C6928" w14:textId="5CDCEC63" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+              <w:t>according</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6B2490" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="519825F4" w14:textId="77777777" w:rsidR="004E1FEF" w:rsidRPr="004E1FEF" w:rsidRDefault="004E1FEF" w:rsidP="004E1FEF">
+          <w:p w14:paraId="1C6653B3" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA5B406" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF81449" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="71B68D79" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AF0D1D" w14:textId="59F3225E" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>achieve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57970E4A" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="590C22E5" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A38841" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AEF005" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="5B27EC32" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035E4F1A" w14:textId="579C9639" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>conscious</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="540D3A89" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8B8C6A" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76966E89" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041B682C" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="14F040EB" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259D0E76" w14:textId="20D27747" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>disastrous</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1540859C" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675262BF" w14:textId="17FC3BB7" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA3389D" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BFC936" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00414FA5" w:rsidRPr="00414FA5" w14:paraId="3D6179D8" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF72440" w14:textId="09747B3F" w:rsidR="00414FA5" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>marvellous</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2736A3E3" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7639FFDF" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1A07FF" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B19063" w14:textId="77777777" w:rsidR="00414FA5" w:rsidRPr="00414FA5" w:rsidRDefault="00414FA5" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003434DB" w:rsidRPr="00414FA5" w14:paraId="0369C80C" w14:textId="77777777" w:rsidTr="002831BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13785852" w14:textId="57F4C78F" w:rsidR="003434DB" w:rsidRPr="003434DB" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>mischievous</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003434DB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE10ED2" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77023746" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0F5FFB" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E1FB13" w14:textId="77777777" w:rsidR="003434DB" w:rsidRPr="00414FA5" w:rsidRDefault="003434DB" w:rsidP="00414FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7846B7B4" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
-[...6 lines deleted...]
-    <w:p w14:paraId="5FC510B6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="61FED863" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C3F10F6" wp14:editId="4A7AAE8B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C476CA8" wp14:editId="4B203CBA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1010546473" name="Text Box 3"/>
+                <wp:docPr id="64302099" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4C027471" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="55D3606F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1539FD3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="292757BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6CB45C4E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="655DF08F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5E460C0D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="5FE2844D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="40494855" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="0FFA5C76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5668B726" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="12B9D038" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0A471795" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="7D75B467" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C3F10F6" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="2C476CA8" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBDkmEuOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVV8RsoTgiXxY6KTnD1xXCPzDnn5lF7SAPuA/+CQ+pAGuC3qKkBPvrb/chH0eK&#13;&#10;UUoa1GJO3c89s4IS9U3jsG/TySSINzqT6ecROvY6sr2O6H29AiQqxc0zPJoh36uTKS3Ur7g2y/Aq&#13;&#10;hpjm+HZO/clc+W5DcO24WC5jEsrVMP+gN4YH6DCYQOtL+8qs6cfqURGPcFIty95Nt8sNX2pY7j3I&#13;&#10;Ko4+8Nyx2tOPUo/i6dcy7NK1H7Mufx6L3wAAAP//AwBQSwMEFAAGAAgAAAAhAILikRzkAAAAEAEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU5SkSRqn4qdw6YmCOLuxa1uN15Ht&#13;&#10;puHtcU9wWWm0uzPztZvZDmSSPhiHDJaLDIjE3gmDisHX59tDBSREjoIPDiWDHxlg093etLwR7oIf&#13;&#10;ctpHRZIJhoYz0DGODaWh19LysHCjxLQ7Om95TNIrKjy/JHM70McsK6nlBlOC5qN80bI/7c+WwfZZ&#13;&#10;1aqvuNfbShgzzd/HnXpn7P5ufl2n8bQGEuUc/z7gypD6Q5eKHdwZRSADg2qVJ6DIYFXUQK4HeV2W&#13;&#10;QA4M8qIsgHYt/Q/S/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#13;&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDkmEuOgIAAIQEAAAO&#13;&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4C027471" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="55D3606F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1539FD3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="292757BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6CB45C4E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="655DF08F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5E460C0D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="5FE2844D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="40494855" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="0FFA5C76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5668B726" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="12B9D038" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0A471795" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="7D75B467" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -5489,3564 +6067,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="49D732A8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="06AF3204" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="261F12A6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="08C034C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="111B3FCD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="50B52522" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="505E72B3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="526325B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AA3AB7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9B4D87" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA2616" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6B589D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7C93DEFF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7A336143" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4FDEE801" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="35774282" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3F4E64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="15A041D8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7EDD9F52" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBF2F4C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0A1E7536" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44864F66" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="4EB87654" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4D833D1B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ECC2042" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37FE4996" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3159CF84" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D7AD47E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C36C1EF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BBAD7B2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79F1BAC0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="499657F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27B8FD64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="327F89BC" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2B1BC177" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="400AC054" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="1735FD42" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77812D94" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="745D1870" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0D41992F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="289E4923" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B688BDF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CAC0C7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0152792C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FF4F85" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="049A868D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37287703" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="266A72E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CC5CB79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="6E56AC22" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="4BFA57C1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="61D3AD50" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="62D9CA45" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10ACC2DD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="364774C0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5831A350" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="035323A2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278AC316" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="116AF68B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F80EAEB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FC10A98" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BC03F29" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2943EED9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E2EC457" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="532EF859" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="7B775D21" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="5084D0F7" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0E169202" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5E0576C1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12EC21BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="342B4809" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="12A9BCAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B82EA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78E1EB5E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0F7248" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019FF4AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="707A2D05" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A1DFE0C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA7E083" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425CC660" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C3320F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="3A19D4C4" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="4046BFD7" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3CAF5A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="12516BC6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C1FECFC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="271A6177" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="58A04ED0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18FC7122" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278CEA96" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64105009" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60DB576A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59B557CC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CF6023B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C05219" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="011A598F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AEA7992" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="2E49790F" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="766A0868" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0C04486F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="753A6C66" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B5B8D03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="32597E27" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5D5D8854" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6843E158" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F28DD37" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DBB3E34" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="034E25B7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68098245" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FD77206" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="173E42AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A9088F1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25E251D4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="398EEE18" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="214851BE" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="53B5F496" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5CD1682E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06750AEB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="5E032428" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="689683DA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="714D258C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37A66685" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05B7BD22" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74DF7965" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C4112CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="277B06BC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35BE1FFB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59DDB72D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29C90EC5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="31639C8C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="47871B4F" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3B50E736" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="6E74A602" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29C2C9F3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0D2A78A9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0C119F94" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B23A631" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41AB6CD5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="687B08B5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="530A0615" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="429836E9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="647F55F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0411F652" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4023587E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2706B629" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="1554AFC3" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="77BD4304" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="557986B1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="252F8C6E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32311A5B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="285D10A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2C2B0C90" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A8DB76C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79C26C2B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32BCA7D5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7F53C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51BC9729" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AFFD264" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53371FA4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04C5C434" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3204A867" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="72A075D9" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7BAA2436" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE77E30" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="32C0FB39" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07E0FA0B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="10E314C5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="30727C78" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="331DDB5D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B755B79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0042FEE3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2538FA59" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E8DE6F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21AA0FBC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="142A56BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374EA0C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E79A48A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10D5ED16" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="493C22E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F86EA07" wp14:editId="55CCFF16">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EC6814A" wp14:editId="105AC5EF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1105307404" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="304016238" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9061,62 +9639,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3462C217" wp14:editId="4BBCB0B1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05681155" wp14:editId="046DA381">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="869364443" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="645151096" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -9139,1392 +9717,1339 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F52401" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="2313D85A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C733159" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="4B5FC5C4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A390E40" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="3432DE93" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E4B52B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="1E91763C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56071F7E" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
-    <w:p w14:paraId="6A4FFBC3" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="4D71A48D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BC29D60" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="141C31C9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18AEB18E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00DE5DA5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBB3A3C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B611F3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDB69C6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="4575AA3F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="4E10FA25" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197A63A0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="7C592D50" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="113ED836" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="7AB4F11A" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="074CA74D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...843 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="042C4808" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00594584">
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D41906" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D0C4E9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="541EEE4B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A8904F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="6CEF95E7" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A925A73" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA4A5C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>difficult</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66778486" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1223F75A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D4F60A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="6DDAFDDD" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E56A891" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>believe</w:t>
             </w:r>
-            <w:r w:rsidRPr="00594584">
+            <w:r w:rsidRPr="00291669">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8DA0DD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D60FE1F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D01E22C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4E95EF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="640AD9D2" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0549F3DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>complete</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47AACC80" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="011CFA0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E741DD1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4FB13789" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47A8DA87" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5CAC5DCF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D453C5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5B97A7BD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="1CFD5889" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F53372B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>consider</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067812FD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477D2763" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275CD2A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F09909B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="2C1E5804" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3A4B86" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>continue</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D701FA8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317B50EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DBF586" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6711B0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="70B7E340" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23236B72" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>bicycle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DDADA9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735BFD8A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1A8C79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348BC2AB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="3A601011" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5995F2E1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>island</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6893797A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA8320E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B954323" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="083D7FE4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="6CC0674A" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12552589" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00291669" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>certain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00291669">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="678DA593" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4015EA12" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C17D12" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E7EEC9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23C23384" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D9204C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="36EC1DE4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6CAC76A3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="6F853B35" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="056F57C3" wp14:editId="1B868FB6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C15253E" wp14:editId="124284CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2036368782" name="Text Box 3"/>
+                <wp:docPr id="504307267" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="333B251B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="0C48E8E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7F0B44D0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="641A891A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6E5BCEC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="690A9F55" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5317B13B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="578F6781" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4EF70CA9" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="3382A1B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="76AD7C45" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="3582F23A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78854AD7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="7B936180" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId15" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="056F57C3" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="3C15253E" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCDQsCKOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2NaJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg0LAijsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="333B251B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="0C48E8E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7F0B44D0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="641A891A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6E5BCEC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="690A9F55" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5317B13B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="578F6781" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4EF70CA9" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="3382A1B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="76AD7C45" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="3582F23A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78854AD7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="7B936180" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -10564,3564 +11089,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="4EBF34DF" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="02C66990" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2F503B9C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="653D4781" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="340B94D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7AED053D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71EEEC25" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E6325C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B26FB6B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188056C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A44DA00" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3B597BF5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5E6BFCB4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="72F531E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="6FCA62E6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="424105C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="538725EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="5099747D" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="077512F1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="185C30CC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="10CC6DD7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23C8B729" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="27E9D4E7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0D9E9140" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1736FAF3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="334606AF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="207B2937" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FE8DAF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1324906B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC5212C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3196A00D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F15B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25E619B6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="531A51E4" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="3FB9B9B6" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2A16BFB2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="31646764" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C4D2CD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="4FDC579F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="73DF37E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="556F7054" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F352C32" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25ED404D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19C87E0D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B98756A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62DD424A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D450878" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C62B989" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3274A3B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="20B78383" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="284E59BE" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="33C47D95" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="53165C39" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14128A3C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="238782F4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="1BDCE022" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="038F41A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29D5B00E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05CFD884" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11B1E1C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="702E3327" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="376D460C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7624FCF8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0409A24B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A3D5D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="63499C5B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="6B643F00" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3D0D42" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="60D584F2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3032808F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="23A74688" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7A5A22B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EF2FD87" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AF51AA7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="280C6730" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDF7347" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D5658A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="549349FE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="318A7AE1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2898C8E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0860247B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="49D1CA8B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="072894C1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1A003DCE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="7FD1C54D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="164FCD26" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1C7EDC2F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2D8B272A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E6A4A67" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EB52A95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="672F75CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22C784AE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B39D210" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="543C9B42" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="341D1EF3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C39204D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16990384" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="104E13A0" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="117AA624" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="10541DAD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3ADF73A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06032DE6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="4CAFD368" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="29638DDA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B45BE08" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D9830F0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="029A66F2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="786BF9D9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="615CF2EB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E00028" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D72CFC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7898F50E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EFE010A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="6677AB51" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="56415FA6" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1E53A89C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="29446DD3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A782717" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="56F740A4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4135FAB7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EE007C2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0396900C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4220C56C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E428863" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59773B18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E22EE98" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D28261F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="784B3220" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77CEDEAC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="056C94E5" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="49885A52" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="17F4372B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="24FF4430" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EF51FF3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="3F10DFF5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="6FE7B9F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27D5C1A6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E72C875" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24811177" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0687B75C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F91EF95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CA0F295" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0587149A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A2DFC96" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="413FD983" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="3724709C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2539C20A" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="3198D555" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0EFDCC91" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F3CE3F0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="794A6C2A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="399D82CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB01883" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A94737" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="791DB27D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03555762" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C05EDBD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7E7323" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3013B957" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FBA1E36" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2225F521" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="1049F2B0" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2F6A85E0" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0C00D2FD" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="33D5C550" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16AADDDF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="5D7FF0E9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2AFF5313" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2022BE8B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FF4AEA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18DCA2BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="635C32B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="631221DE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49AA32DD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="216E33BC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BC378E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35022C4E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FF00DD2" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="249EBE8A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1443F19E" wp14:editId="0D98EC3B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CED9F0A" wp14:editId="62FB120E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1719653065" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="2125491668" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14136,62 +14661,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EAB3EE4" wp14:editId="4A989827">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54F0919B" wp14:editId="2C0EBE14">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="511046115" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1244884366" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -14214,1380 +14739,1339 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374F20DC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="790077A4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71AC5D3A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="21FAC1AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C817AF2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="2BE496F6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E567FF1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="7B802D09" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2776F4ED" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
-    <w:p w14:paraId="199F00AA" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="7F4CB205" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C565E7B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5873677A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E55A882" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172E605E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6933A128" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CBA5F68" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EB1DDB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="1AE524D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="63C219A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E94810" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="285DF5B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="7189EA66" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="026212A1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="277E3A2C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...843 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="37A7C76B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9A2339" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Look</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464602E5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E9E615" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Write</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562C73C4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="3F229120" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07715799" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>important</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223A4966" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>foreign</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="311E9D19" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7D8482" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30516F2B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="3DD7A626" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C263D90" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>interest</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E70CB">
+            <w:r w:rsidRPr="00E537AC">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="521474FC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D8BFCF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1743675B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE0CAFB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="2A5070F5" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150DC4AB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>length</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5899292C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4C3E84D3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CD65D0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="157A6F0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C79476" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="1502AB0D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="539739AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2268D217" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="36231294" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0A2E1C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>material</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0097D07A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2585CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498AED21" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B7E041" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="1F93D749" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8C8011" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>natural</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1A173D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FA8429" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FACDC41" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="358A8EC4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="111CD851" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B6DC72" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>medicine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5333BB7C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AC5520" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284A4E45" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A975E6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="0875F051" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA35426" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>minute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06DFFC8A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E7FF97" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34452C4E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC18E1E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="0E35AC06" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F90F79E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00E537AC" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>notice</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E537AC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="677837F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A08218E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FBECBF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB64302" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63771114" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
+    <w:p w14:paraId="54009072" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65F741BB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="211C36B0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3041A82B" wp14:editId="61DD4DEA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547C812E" wp14:editId="4774AA9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1925373399" name="Text Box 3"/>
+                <wp:docPr id="261577338" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="69D70C3F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="1DF2A0D0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="79FDC0DF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="000FFDFE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="16DD321C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="008FB61F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3ED822D4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="244A6342" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="04BD03E0" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="54CEB19C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="624A4838" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="18809F61" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="56C16DC0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="196F051D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId17" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3041A82B" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="547C812E" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD88I9fOwIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IV2OOJmC0UR+TLQiclZ/i6QvgH5vwzs6gd5AH3wT/hIRVgTdBblJRgf/3tPuTj&#13;&#10;SDFKSYNazKn7uWdWUKK+aRz2bTqZBPFGZzL9PELHXke21xG9r1eARKW4eYZHM+R7dTKlhfoV12YZ&#13;&#10;XsUQ0xzfzqk/mSvfbQiuHRfLZUxCuRrmH/TG8AAdBhNofWlfmTX9WD0q4hFOqmXZu+l2ueFLDcu9&#13;&#10;B1nF0QeeO1Z7+lHqUTz9WoZduvZj1uXPY/EbAAD//wMAUEsDBBQABgAIAAAAIQCC4pEc5AAAABAB&#13;&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOUpEkap+KncOmJgji7sWtbjdeR&#13;&#10;7abh7XFPcFlptLsz87Wb2Q5kkj4YhwyWiwyIxN4Jg4rB1+fbQwUkRI6CDw4lgx8ZYNPd3rS8Ee6C&#13;&#10;H3LaR0WSCYaGM9Axjg2lodfS8rBwo8S0OzpveUzSKyo8vyRzO9DHLCup5QZTguajfNGyP+3PlsH2&#13;&#10;WdWqr7jX20oYM83fx516Z+z+bn5dp/G0BhLlHP8+4MqQ+kOXih3cGUUgA4NqlSegyGBV1ECuB3ld&#13;&#10;lkAODPKiLIB2Lf0P0v0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/PCPXzsCAACEBAAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#13;&#10;AA==&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="69D70C3F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="1DF2A0D0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="79FDC0DF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="000FFDFE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="16DD321C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="008FB61F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3ED822D4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="244A6342" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="04BD03E0" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="54CEB19C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="624A4838" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="18809F61" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="56C16DC0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="196F051D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId18" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -15627,3564 +16111,3564 @@
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
         <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="39F2AED1" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="6D232DFC" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="59A196FF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="526AC0C6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="272A9C57" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="647246AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0DE6B1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2357BC3D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DD42E1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5B9FF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C145B57" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="28BC7812" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5400CA48" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6157026F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3D5D1668" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="37315CFD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC91B24" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...278 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="18089B86" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="45F42470" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2E294DD6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="79A80AC3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="019BD048" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0FD5CC3B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3EB1E289" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="494C79CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E9E473" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48EDD8FB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67AA00C7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FECCC33" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A62AEAC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76D3D6C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37E33F0D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F69663" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="10082BE1" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="61B7EAF3" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1D431DFA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4226B9AC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32E1BF70" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="532365E0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="62ADE548" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4441E747" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F526CC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0822F96A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40C70E0E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F7311EB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C832E3F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F922AD5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="258228A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D5DC76A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="0E9AB91C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="308ED4B2" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="248800A0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="67BD4404" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="108CC236" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="14BF6BE4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="62E74231" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CE32B7D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12084483" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="623910DB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42489566" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75983CD9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C634604" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37820AF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12EB0417" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D08AAD7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="68792B90" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="47D3EC11" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="60BC3240" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="72827B4A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EE09B3E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="0195BCD0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="12C0C2CB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07FD916F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25C0FED5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77FCEAFF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CD02CA0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="194CD6DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33DB7C81" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06443EC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03281615" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33E3DE4C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="44366872" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="6B9AD3A9" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0B890F67" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="28142C95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2420AA6D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="65DF57C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="28FF12E4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C848899" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63793244" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B8A4EFE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44053C84" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17EF706B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57B871E4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59F61A6F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5160EFA9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ED71059" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="64BFD470" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="03F0EE39" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="7651B560" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2DB6F67A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A82D85" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="738F8A76" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5F1A785D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15888405" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="313D6D70" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C9C2F51" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ECFF0CC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A5588B0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E69CC30" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BCB17D7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="395E7B1B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78A59924" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="181DE988" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2C9C151F" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="2E45CB65" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4CEFA2A6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46989B16" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="1DB08653" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="203F9F03" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43C3EE5C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E9C2912" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E075B9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59112068" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01152CB2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24606642" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="213FB14B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23815BE2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34AEAFD4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="7E46ED82" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="292CEE35" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4E94D5E8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7AE311D3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EDEF468" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="754BF6C6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="742FBFC0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66DC2727" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26D6ED7E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E61CAF3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28B38D64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B440940" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C23A082" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DD18747" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A3F5F6C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C3C87A7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="70C7A279" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7F65AD5C" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="02127D81" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3BBB273E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A657949" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="6C0AAE25" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="15DD5403" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66ECAC70" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20A02B1E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA2DCFD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7204AD80" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3880EE4D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4542E1E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31E14445" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A04CD61" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1547D290" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="19DEBF11" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="4D99B7FD" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="35B0DE7D" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7AB89476" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D5435DA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...233 lines deleted...]
-          <w:p w14:paraId="3BFDFCF9" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="16245E3E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C402F3E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15611247" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4806DC79" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A44EE04" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="516BE40C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33187CF9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D7F236A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="217E73E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B300E1A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1154A427" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="1D3435C3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0202F11D" wp14:editId="45E8969D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C207E6" wp14:editId="6BB5EB9A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="431210806" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="1853955789" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19199,62 +19683,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06E6DDE8" wp14:editId="61DBC1BB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1C661C" wp14:editId="0586210F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1515650118" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1716756444" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -19277,1380 +19761,1112 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772A2FC0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="76FF2CF0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2876D2CF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="366BEEBF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="718224FD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="65B2DD17" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28D1FD4A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00F0737C" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="19D8B50B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AEED1A2" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
-    <w:p w14:paraId="56ECEDD8" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="29A619E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643B66A9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DE5BC0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E72C657" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="242FDF88" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9F3BC5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C4ECD5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BBE48F2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="5E015423" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="7405B5F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6D67EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="1A22396B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="3715D79B" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="4CDE16E4" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32392E51" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2E018761" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56B2A1E1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0BB34EFC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF92762" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="78E9DC9B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A688AA1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3EC115F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179B2CE4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="1073FDD9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004E1FEF">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="11EFB44E" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="165B237E" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFD38AA" w14:textId="383F6AFC" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="7F211758" w14:textId="3DF1F789" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00894610">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3389881A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E370DF6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="611F58E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA27B26" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="5E0EE2A1" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="416D6593" w14:textId="0246685C" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>signature</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>me</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
-[...6 lines deleted...]
-              <w:t> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDE9936" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A87A2C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34639D63" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C99A9AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="4B7BDFBA" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C192EB3" w14:textId="259F9832" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>there</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C73A60E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="6D217EAA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB627D4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="39052057" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3622A118" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="14B688B1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="698AEE95" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="39A6B509" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="004E1FEF" w14:paraId="40FA0D02" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="1DC474F8" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33E4D693" w14:textId="11BEE04B" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="6A42CB05" w14:textId="6317B327" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00894610">
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>said</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F73609A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284DA8FF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46590931" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C26C5F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="371CFA65" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C81C9F" w14:textId="016BE7D4" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>temperature</w:t>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>says</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
-[...6 lines deleted...]
-              <w:t> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFEC106" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="573FE509" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49426CA6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144F091B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="13A9FF31" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBEC743" w14:textId="61E46E02" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>they</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D088EC1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="4AEF359F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C597BA5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="55E8FE56" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE95A9C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="66720075" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0645DB48" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="004E1FEF" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="3E8872D4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="32"/>
-[...638 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FDBC10A" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
+    <w:p w14:paraId="389202A7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DDC98F7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="148C50C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00D76442" w:rsidP="003434DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2312752E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="294C3857" wp14:editId="6C1A38F8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FF2E7D0" wp14:editId="34B400A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1773698672" name="Text Box 3"/>
+                <wp:docPr id="1959338860" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2AD748F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="66034392" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2016A19E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="2644261C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1F42F03C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="1F76D37F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6606EC5C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="2C9C6204" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="32A678F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="0668F3BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="377B52A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="035B9406" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="111EAFFB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="6B4A4F0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="294C3857" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="4FF2E7D0" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBC5fIYPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2ciNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAELl8hg8AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2AD748F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="66034392" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2016A19E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="2644261C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1F42F03C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="1F76D37F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="6606EC5C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="2C9C6204" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="32A678F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="0668F3BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="377B52A7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="035B9406" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="111EAFFB" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="6B4A4F0B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId20" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -20664,1250 +20880,3590 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6072" w:type="dxa"/>
+        <w:tblW w:w="7117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1518"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="328A9775" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="63182A74" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="32E4FEF1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="16261837" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="16153AC5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4E7BB9CA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="477C5B87" w14:textId="39FAAE91" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7B9362FB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="08D01A38" w14:textId="0089D74E" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="604926E6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71663F29" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A920087" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2B25D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6856969E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDD277A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B406BBB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6171BACD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2AFD0461" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="31219821" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D60AB8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E6621CA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F2B2045" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0481C166" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E520BA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71253BA9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C6EB629" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E4F1A2F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BAC6E5E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6112D833" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="401B9BB3" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="479DCDA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BE6BC3C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DD0115B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22369572" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="230FF189" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35B1D44F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022AB5BE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B8AE1BC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A02CD7A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3891AC8B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47952790" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2348D7E3" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E30FA70" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3804A7C7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25A55855" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="533A82F4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06BEAED3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C458282" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71AC955B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04EAC5FD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DBA2D0A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A5E9FF7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B2B9D93" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="14870395" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="409"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8EDDE1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-              <w:t>1</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE2E657" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EAB7D22" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23EC5FEA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E285053" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B9E6276" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76340854" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="453078F3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F9CD479" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E9009C2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26D35595" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="48A8B8A0" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA1256D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33258636" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419AA7A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="651D6F14" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="353B36D2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BB2E6FD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59544370" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10ABFD20" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="311A7B82" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6000FD9F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210E9CF9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="5C435564" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="71C222E3" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="472"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="09E1376D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="0BBFA67F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="2A7B6E4D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52631DD8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F7CBACA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F16B0A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1482AA6B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73D07880" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FABB818" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19C23249" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A0FCB86" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AFFA593" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7FE6B3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="69796F16" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2DB44F2E" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2FB9DE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3FC151B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="2761AEBE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76684E2A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8B910E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="774879DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3277DA78" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B04F680" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48715C39" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FEBDABD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56334AF1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08CEE7EE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04A449EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="0B7477AE" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="2BA31009" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="72A78471" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="794E61E3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="7C9F6F0E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F0E3AEC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FF75A81" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F5800D8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E255394" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29045160" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B2860D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CCD60B6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E040499" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B3163A7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30C90A76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="5F51FE88" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7717BAF1" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="472"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2010FA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="29AAE178" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B9874EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C9F0F3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="582D801B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64985FE0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44A30CEF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E3410A1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E6EC83A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B044DCF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F29D7E3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="634C0990" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="0DA6AD35" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="386"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="646BA363" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...551 lines deleted...]
-          <w:p w14:paraId="237074F6" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10680621" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01BFC874" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3579C0EA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AEAA263" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36645E1F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="437BA0E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D8AF5B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BCC366A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="545039D4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C75222" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3ED6591D" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="4E4F8F56" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45087A5B" wp14:editId="714ABD10">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="788A3506" wp14:editId="69211B04">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1431113238" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="793246262" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -21922,62 +24478,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B43FE01" wp14:editId="5A745B7B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3616619D" wp14:editId="13AB92DD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1255641359" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="1726270310" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -22000,1314 +24556,1107 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4025759E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="5D3AC236" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781DFE32" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="32398801" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31ADAF2A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="642367E7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F25A06B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="3D55E515" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="118811A0" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="23421A24" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C18D80E" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="39F1A3CE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50255C03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="0625EFAE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4447D181" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="78689184" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="123D29B8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="5EA374B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F7621E1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="3FC1120E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01FE8AC3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00C85F02" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="6CDE75CE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00236F34" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D1DFC09" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610"/>
-    <w:p w14:paraId="225AAAA8" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="2D5A4E0F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="7C71506A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67"/>
+    <w:p w14:paraId="2226F0D7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B51C128" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="4AF22506" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="32CCF001" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="58805D42" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6BD201" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="46832481" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75644C39" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="301C5416" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CD1B13" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="49D2A70F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E945ED4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="315FC6D6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D06A3F5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="425BD828" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00001043" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001043">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="7342A208" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="38F42C17" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B2035E5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="4F8687F0" w14:textId="60511C6A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003F6A4A">
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>b</w:t>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>fast</w:t>
             </w:r>
-            <w:r w:rsidRPr="003F6A4A">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7719EFA8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>ecause</w:t>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390BE855" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DCD8BA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7314DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="4E34894C" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4C450D" w14:textId="1D59D97F" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>past</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC082BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="2B01BD45" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D643964" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7CC6C6B8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08FA9C08" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="70C28C0F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11408533" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="72840804" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="0042625A" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="75856E33" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4F0910" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="50840E96" w14:textId="4559D995" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003F6A4A">
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7530727F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>most</w:t>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA56274" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09BEE0C6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC1BD3B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="60267C71" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE19EC7" w14:textId="683C044A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>grass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="191B83E8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5C9502B2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA00DA2" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="5B954EAA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A37DC17" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="09F7AE19" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0328D5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7DDE9C7E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="57F86BA0" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="2542A46D" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC3CA8D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="003F6A4A" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3F80DFD4" w14:textId="7271765C" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003F6A4A">
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>half</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E17AD9E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">only </w:t>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6C6BEC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="437541A8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0464ACB7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00001043" w14:paraId="047D24A1" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AAA911" w14:textId="12B50B11" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>because</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3E2B03" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="16249EE3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B04E53F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="15F0164D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55DB4EB1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="3694456A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5966CDF7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7137CB3F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...445 lines deleted...]
-                <w:szCs w:val="40"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CCE2FE9" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00D9204C">
+    <w:p w14:paraId="51A2EA56" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="083552BA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="39E72887" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="003434DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5632"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2973A40C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05C8B02C" wp14:editId="7F1B34CA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="725FAA76" wp14:editId="5B1B5652">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5549900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3953510" cy="2416810"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2065906286" name="Text Box 3"/>
+                <wp:docPr id="413413505" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3953510" cy="2416810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="111050EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="740A9563" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="39FD9354" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="5511E8B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5009C153" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="2B193741" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="214A75C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="016987BE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="40943678" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="4889304E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="10FA6CC4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="520F0796" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Log onto Maths</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D76442">
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Whizz here</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="722B6681" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                          <w:p w14:paraId="25A2F656" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId21" w:history="1">
                               <w:r w:rsidRPr="00D76442">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                                   <w:sz w:val="36"/>
                                   <w:szCs w:val="36"/>
                                 </w:rPr>
                                 <w:t>www.mathswhizz.com</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="05C8B02C" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA9V73NPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2eiNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1Xvc08AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape w14:anchorId="725FAA76" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:437pt;margin-top:37.95pt;width:311.3pt;height:190.3pt;z-index:-251631616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA9V73NPAIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzna60Rp8hSZBhQ&#13;&#10;tAXSoWdFlmJjsqhJSuzs14+SnY92Ow27KKRIP5GPj5nftbUiB2FdBTqn6WBIidAcikrvcvr9Zf3p&#13;&#10;hhLnmS6YAi1yehSO3i0+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#13;&#10;eq2S0XA4SxqwhbHAhXN4e98F6SLiSym4f5LSCU9UTrE2H08bz204k8WcZTvLTFnxvgz2D1XUrNL4&#13;&#10;6BnqnnlG9rb6A6quuAUH0g841AlIWXERe8Bu0uG7bjYlMyL2guQ4c6bJ/T9Y/njYmGdLfPsFWhxg&#13;&#10;IKQxLnN4Gfpppa3DL1ZKMI4UHs+0idYTjpfj2+l4mmKIY2w0SWc36CBOcvncWOe/CqhJMHJqcS6R&#13;&#10;LnZ4cL5LPaWE1xyoqlhXSkUnaEGslCUHhlNUPhaJ4G+ylCZNTmfj6TACv4kF6PP3W8X4j768qyzE&#13;&#10;UxprvjQfLN9uW1IVOZ2eiNlCcUS+LHRScoavK4R/YM4/M4vaQR5wH/wTHlIB1gS9RUkJ9tff7kM+&#13;&#10;jhSjlDSoxZy6n3tmBSXqm8Zh36aTSRBvdCbTzyN07HVkex3R+3oFSFSKm2d4NEO+VydTWqhfcW2W&#13;&#10;4VUMMc3x7Zz6k7ny3Ybg2nGxXMYklKth/kFvDA/QYTCB1pf2lVnTj9WjIh7hpFqWvZtulxu+1LDc&#13;&#10;e5BVHH3guWO1px+lHsXTr2XYpWs/Zl3+PBa/AQAA//8DAFBLAwQUAAYACAAAACEAguKRHOQAAAAQ&#13;&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTlKRJGqfip3DpiYI4u7FrW43X&#13;&#10;ke2m4e1xT3BZabS7M/O1m9kOZJI+GIcMlosMiMTeCYOKwdfn20MFJESOgg8OJYMfGWDT3d60vBHu&#13;&#10;gh9y2kdFkgmGhjPQMY4NpaHX0vKwcKPEtDs6b3lM0isqPL8kczvQxywrqeUGU4Lmo3zRsj/tz5bB&#13;&#10;9lnVqq+419tKGDPN38edemfs/m5+XafxtAYS5Rz/PuDKkPpDl4od3BlFIAODapUnoMhgVdRArgd5&#13;&#10;XZZADgzyoiyAdi39D9L9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1Xvc08AgAAhAQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILikRzkAAAA&#13;&#10;EAEAAA8AAAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="111050EF" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="740A9563" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Please read for 10 minutes each night. Ask a parent to sign your diary</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="39FD9354" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="5511E8B4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5009C153" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="2B193741" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="214A75C1" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="016987BE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="40943678" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="4889304E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="10FA6CC4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="520F0796" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Log onto Maths</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D76442">
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Whizz here</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="722B6681" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00894610">
+                    <w:p w14:paraId="25A2F656" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId22" w:history="1">
                         <w:r w:rsidRPr="00D76442">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>www.mathswhizz.com</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -23321,1237 +25670,4218 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fast Maths</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="6072" w:type="dxa"/>
+        <w:tblW w:w="6149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1518"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="08F8CD63" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="20D0483B" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="00B3557C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="54692E82" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76442">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>X </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE31417" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="622A1C5F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="048F5EFA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3B56F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8419C5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDD84D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="493D0F21" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="467A5096" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D725E09" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="078E6D6B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0855CB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="43231205" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="716FC018" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67294F8E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36DDD793" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77A3E5D6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65B52EDD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D3B251" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E6CCC0E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EDD0DE0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="316A2D95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5163737C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F524B63" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="67436472" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="337729CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D8B6B18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68987ED0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D45DE95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C78DEFC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="040F2FC2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55A7E085" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245D2D41" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="259DCF69" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="322ABCD9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C9B922C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="7D7D2C45" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7147AD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57D77EA7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0122BF76" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D17CFD6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="058D008A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D5A6B2A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60CDEEDA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5751196B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D48F589" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5300768A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53D069F1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="14A3623C" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="46185E95" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF15C36" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="596B548A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05971292" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FB015C0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713F2EC1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF1914F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11604C75" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3661E64B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64CC9127" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16E97111" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="473633BE" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC4F18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C732782" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08BF6D43" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32CF5E4F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5861D4AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C28610A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="741F89F5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78FC6739" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0610F337" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="534F420C" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22A5A1A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="172227D2" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="056BD7D8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15442874" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D09958" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4797AF71" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2132603D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24A2C400" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1346048D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="002952D1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C5ADB3D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54999FA8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="248ED8DC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="41778A7C" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="145E6A19" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05190D83" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D28188F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7642E1BD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDB0DE9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34B1A665" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E49492F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C895767" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BEB07A0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42904CAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34DA9AF5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="1B98D13E" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="22089CF4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7486B056" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F79F151" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="442B7E80" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53A0D8AE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CA55F6E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F4ADF18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="065D7749" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AB5DDA5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E04F0A3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E90740E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C12AEE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="603AE929" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="509FF6C3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6E27D3E4" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23CA7C5F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1200B6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FB20270" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B143EA1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12B38C52" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D1AD380" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59308155" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34DE7DAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56887A50" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CC943CD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="1430DF5F" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0FB3FE" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2878F8E8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F1A9C2" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="290A4A46" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AD02E42" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8B50BF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EA5A71F" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44093424" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="302227CA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295D3AA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789F5947" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="2D40E995" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="387C3989" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="472"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEC16AC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
-[...24 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="31F60C9D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D76442">
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...354 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="0C771C6F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="474EB95A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32299520" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="004AC7E4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE33272" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A13173B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="296F162A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B21A08" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C9D7767" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FFA83BB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="489C8A8E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="00D76442" w14:paraId="04CA9609" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00D76442" w14:paraId="030A5FFF" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
           </w:tcPr>
-          <w:p w14:paraId="6B26F837" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="10B80F58" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...428 lines deleted...]
-          <w:p w14:paraId="1FD99F0A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="00D76442" w:rsidRDefault="00894610" w:rsidP="00C34503">
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00315CE4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00C559F8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E1928FB" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1645FBA4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15D387F7" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F13C9D9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65336FBC" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01525A57" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F606351" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FCEFE9B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:eastAsia="Times New Roman" w:hAnsi="Sassoon Infant Std" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AAFE373" w14:textId="77777777" w:rsidR="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+    <w:p w14:paraId="40116B64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00D76442" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51C51B0C" wp14:editId="11AB8A55">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CB5F61" wp14:editId="0F16F30B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6248400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1152525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1102360" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2077009500" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
+            <wp:docPr id="375565482" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="School Materials Clip Art Cartoon Books PNG 23985139 PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="17334" b="19334"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -24566,62 +29896,62 @@
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE692BA" wp14:editId="3497DE16">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E76A890" wp14:editId="292D85AA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7823200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1063625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1050925" cy="774700"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1627817040" name="Picture 2" descr="Maths-Whizz"/>
+            <wp:docPr id="98846941" name="Picture 2" descr="Maths-Whizz"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Maths-Whizz"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12281" b="14035"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -24643,1071 +29973,1243 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/images?q=tbnANd9GcS_7w_T_AD95N7kdhrqyfYJHhZ544hSDBdiACZ1r7Xlpw&amp;s" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...92 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D76442">
         <w:rPr>
           <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
         </w:rPr>
         <w:t xml:space="preserve">Spellings – Look, cover, write and check. This week we are practising commonly confused words. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="77A979E8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="49909303" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71FC7600" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="7751A62E" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D47E265" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="1261352A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Look</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49C53B65" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="364148E0" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E847187" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="01959132" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Write</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0407BC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00C34503">
+          <w:p w14:paraId="61EFDA24" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="001E1D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001110BE">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414FA5">
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="615FD4A7" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="2BC66208" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB6A57A" w14:textId="4D13FFC3" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="4A64A9AA" w14:textId="413430B7" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00894610">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>be</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>ancient</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68F71E3F" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="12CDB4DA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B504A6C" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="789FDDB8" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="024414E3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="2809C379" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08E2017D" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="199CB487" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="1C5D3682" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="6463F118" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="346DFD00" w14:textId="43CC2675" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="74AB8F37" w14:textId="7BAAE36A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>he</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>apparent</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8FBA98" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="74A227AA" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F65200" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="0BD89A2D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62B4C2B5" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="0F9F55BD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9E8B92" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="6EA8FFA3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="6B33B844" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="630B1509" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F00E43B" w14:textId="445DD945" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="692520AD" w14:textId="5F73BB96" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00894610">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>me</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>aggressive</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20407E75" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="50636975" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65400BDE" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="10D19AD4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65143AC8" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="542D6B04" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54200384" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="6D6F548A" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="188B9A5C" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="22CD63E4" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A30F653" w14:textId="4380715B" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="3B32F17B" w14:textId="215BD720" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00894610">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>she</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>committee</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03669E1B" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="2C66D526" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12CC1E05" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="000BE801" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA85FBD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="63D00FA1" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456D98CC" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="3FF48635" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="4D8A6734" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="7DCEEFE0" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAD8381" w14:textId="04C3EAFF" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="3C7DE3FE" w14:textId="738F4CEC" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00894610">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>we</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>community</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="219ABBAA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="44A049A9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="481E2D64" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="5436AFAF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C03DDA" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="50FEBDDD" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1211BCF3" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="57C6B9B3" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894610" w:rsidRPr="001110BE" w14:paraId="18C7A6D8" w14:textId="77777777" w:rsidTr="00C34503">
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="3BAAAB2E" w14:textId="77777777" w:rsidTr="001E1D83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A6272E" w14:textId="6B1AF7B9" w:rsidR="00894610" w:rsidRPr="00894610" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="06D55B24" w14:textId="61B6DA62" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00894610">
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-[...2 lines deleted...]
-              <w:t>no</w:t>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>communicate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00894610">
+            <w:r w:rsidRPr="00943F67">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3A0220" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="421623CF" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42706D7A" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="66688AB9" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E24B1B7" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="539EC2D5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C2B5DD" w14:textId="77777777" w:rsidR="00894610" w:rsidRPr="001110BE" w:rsidRDefault="00894610" w:rsidP="00894610">
+          <w:p w14:paraId="0CA5473D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="5590CBA4" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D75CA25" w14:textId="6C951A91" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>appreciate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD8BD64" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E677E5" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9292D6" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15180552" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="340C277B" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE13CE7" w14:textId="58BCF025" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>interfere</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11EA3A18" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C36BD4" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210C9E4D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C21B43B" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F67" w:rsidRPr="00414FA5" w14:paraId="3C5A619D" w14:textId="77777777" w:rsidTr="001E1D83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="515370AD" w14:textId="64BFE32A" w:rsidR="00943F67" w:rsidRPr="00943F67" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>interrupt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943F67">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Sassoon Infant" w:hAnsi="Sassoon Infant" w:cs="Calibri"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09167245" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2A773D" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="212D4584" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D09113" w14:textId="77777777" w:rsidR="00943F67" w:rsidRPr="00414FA5" w:rsidRDefault="00943F67" w:rsidP="00943F67">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285F64BB" w14:textId="5E64D359" w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidRDefault="00D9204C" w:rsidP="00D9204C">
+    <w:p w14:paraId="1EC2DB8F" w14:textId="7204B6D6" w:rsidR="00D76442" w:rsidRPr="003434DB" w:rsidRDefault="00D76442" w:rsidP="003434DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5632"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Sassoon Infant Std" w:hAnsi="Sassoon Infant Std"/>
+        </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/e.kelly/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/school-materials-clip-art-cartoon-open-book-free-png.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D9204C" w:rsidRPr="00D9204C" w:rsidSect="002831BC">
+    <w:sectPr w:rsidR="00D76442" w:rsidRPr="003434DB" w:rsidSect="002831BC">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="562614A4" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
+    <w:p w14:paraId="57825D70" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="329E66C5" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
+    <w:p w14:paraId="336A9AE7" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant Std">
     <w:panose1 w:val="020B0503020103030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sassoon Infant">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="637BE0EA" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
+    <w:p w14:paraId="0DD129A1" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C35D300" w14:textId="77777777" w:rsidR="00A05A6D" w:rsidRDefault="00A05A6D" w:rsidP="008A3112">
+    <w:p w14:paraId="4CE0D0B1" w14:textId="77777777" w:rsidR="009E6D79" w:rsidRDefault="009E6D79" w:rsidP="008A3112">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="216AEAA7" w14:textId="4D79E938" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
+  <w:p w14:paraId="216AEAA7" w14:textId="0DDD64A1" w:rsidR="00191FC3" w:rsidRDefault="00D76442">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve">Year </w:t>
     </w:r>
-    <w:r w:rsidR="008435AD">
+    <w:r w:rsidR="0092284F">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00191FC3">
       <w:t xml:space="preserve"> Homework</w:t>
     </w:r>
     <w:r w:rsidR="00AF1B6C">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00542415">
-      <w:t xml:space="preserve">                                                             </w:t>
+    <w:r w:rsidR="00982218">
+      <w:t xml:space="preserve">                                                                                      </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00581694">
       <w:t>Date</w:t>
     </w:r>
-    <w:r w:rsidR="00F530F7">
-      <w:t xml:space="preserve">: </w:t>
+    <w:r w:rsidR="00191FC3">
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="007C490E">
-      <w:t>22</w:t>
+    <w:r w:rsidR="00025C92">
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00F530F7">
-      <w:t>.</w:t>
+    <w:r w:rsidR="00943F67">
+      <w:t>6.</w:t>
     </w:r>
-    <w:r w:rsidR="002A3E7F">
-      <w:t>01</w:t>
+    <w:r w:rsidR="00025C92">
+      <w:t>02.2</w:t>
     </w:r>
-    <w:r w:rsidR="00B76DBE">
-[...2 lines deleted...]
-    <w:r w:rsidR="00894610">
+    <w:r w:rsidR="00943F67">
       <w:t>6</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00191FC3">
-      <w:t xml:space="preserve">                                                                                                    </w:t>
+      <w:t xml:space="preserve">                                                                                               </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="162"/>
+  <w:zoom w:percent="113"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A3112"/>
+    <w:rsid w:val="00025C92"/>
     <w:rsid w:val="00050781"/>
     <w:rsid w:val="00070338"/>
-    <w:rsid w:val="00076C31"/>
     <w:rsid w:val="000855F5"/>
     <w:rsid w:val="00095546"/>
-    <w:rsid w:val="000E70CB"/>
     <w:rsid w:val="00191FC3"/>
     <w:rsid w:val="001A4026"/>
     <w:rsid w:val="00203B2E"/>
-    <w:rsid w:val="00236170"/>
     <w:rsid w:val="0024448A"/>
     <w:rsid w:val="002831BC"/>
-    <w:rsid w:val="00290D26"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002A3E7F"/>
+    <w:rsid w:val="003434DB"/>
     <w:rsid w:val="00414FA5"/>
-    <w:rsid w:val="00430A5B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00542415"/>
     <w:rsid w:val="00581694"/>
-    <w:rsid w:val="00582071"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00680C38"/>
+    <w:rsid w:val="005F19F3"/>
     <w:rsid w:val="007358D7"/>
     <w:rsid w:val="00744AAC"/>
-    <w:rsid w:val="00760A91"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00894610"/>
     <w:rsid w:val="008A3112"/>
-    <w:rsid w:val="008C15E0"/>
-    <w:rsid w:val="008F64A6"/>
+    <w:rsid w:val="008F1EEC"/>
+    <w:rsid w:val="0092284F"/>
+    <w:rsid w:val="00943F67"/>
+    <w:rsid w:val="009769E5"/>
+    <w:rsid w:val="00982218"/>
     <w:rsid w:val="009D5FA0"/>
-    <w:rsid w:val="00A05A6D"/>
+    <w:rsid w:val="009E6D79"/>
     <w:rsid w:val="00A306B9"/>
     <w:rsid w:val="00A3648D"/>
     <w:rsid w:val="00A86478"/>
-    <w:rsid w:val="00AC1791"/>
     <w:rsid w:val="00AF1B6C"/>
     <w:rsid w:val="00B10786"/>
-    <w:rsid w:val="00B47C9C"/>
     <w:rsid w:val="00B76DBE"/>
-    <w:rsid w:val="00C67693"/>
-    <w:rsid w:val="00CB2021"/>
+    <w:rsid w:val="00C471C5"/>
     <w:rsid w:val="00D76442"/>
-    <w:rsid w:val="00D9204C"/>
     <w:rsid w:val="00DF58D2"/>
     <w:rsid w:val="00E0142B"/>
-    <w:rsid w:val="00E73F0C"/>
     <w:rsid w:val="00EF4711"/>
-    <w:rsid w:val="00F0737C"/>
     <w:rsid w:val="00F33679"/>
     <w:rsid w:val="00F34682"/>
-    <w:rsid w:val="00F530F7"/>
     <w:rsid w:val="00FA0E10"/>
     <w:rsid w:val="012BC3B3"/>
     <w:rsid w:val="03A97258"/>
     <w:rsid w:val="3B171FC0"/>
     <w:rsid w:val="4A85361C"/>
     <w:rsid w:val="564D48B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -29768,50 +35270,299 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1723015635">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="445734404">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="608859206">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="42095302">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="432287587">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1351253682">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1896890796">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1955211149">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="532811233">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="257032780">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="641275462">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2031485940">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="684137962">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="450369412">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="165023349">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="469400298">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1105004302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="610164871">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1878271153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="976882925">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="852647347">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1892227524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -29976,299 +35727,50 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1920672943">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1482849322">
-              <w:marLeft w:val="0"/>
-[...247 lines deleted...]
-            <w:div w:id="856191881">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1765177184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -30500,299 +36002,50 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1366175496">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1996951949">
-              <w:marLeft w:val="0"/>
-[...247 lines deleted...]
-            <w:div w:id="1220631863">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mathswhizz.com" TargetMode="External"/></Relationships>
 </file>
 
@@ -31093,61 +36346,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="69c57f59-3089-4884-9e50-743c5888dc96">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f89298a0898d51ef21a6f957b4cbe5d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007477B128495CDE44B5707222EB9DED75" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9df6543bf7a71c85d616ce05797766d2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69c57f59-3089-4884-9e50-743c5888dc96" xmlns:ns3="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="478bfff29a52cfb6d5647ce8c6b7ec57" ns2:_="" ns3:_="">
     <xsd:import namespace="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <xsd:import namespace="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31362,88 +36606,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4816D714-7ACA-4768-B5B3-4424C24E0734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69c57f59-3089-4884-9e50-743c5888dc96"/>
     <ds:schemaRef ds:uri="9ff0cf17-fc62-425e-ac5e-2bcb4a1d69fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50C44BF1-6958-4E7E-8074-EA5FFE552F9B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5A0BA3-DCA1-4256-BDCB-0223097FE760}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>3220</Characters>
+  <Pages>7</Pages>
+  <Words>820</Words>
+  <Characters>3190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>3190</Lines>
+  <Paragraphs>572</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3777</CharactersWithSpaces>
+  <CharactersWithSpaces>3438</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C.Pearce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007477B128495CDE44B5707222EB9DED75</vt:lpwstr>